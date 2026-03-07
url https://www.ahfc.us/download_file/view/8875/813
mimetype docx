--- v0 (2025-10-20)
+++ v1 (2026-03-07)
@@ -1,94 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="tiff" ContentType="image/tiff"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8610"/>
         <w:gridCol w:w="2190"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C13630" w:rsidTr="005B30C3">
+      <w:tr w:rsidR="00C13630" w14:paraId="13303DE8" w14:textId="77777777" w:rsidTr="005B30C3">
         <w:trPr>
           <w:trHeight w:val="1070"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8610" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C13630" w:rsidRPr="005B30C3" w:rsidRDefault="0043027E" w:rsidP="005B30C3">
+          <w:p w14:paraId="0614412E" w14:textId="77777777" w:rsidR="00C13630" w:rsidRPr="005B30C3" w:rsidRDefault="0043027E" w:rsidP="005B30C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B30C3">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Request to Move</w:t>
             </w:r>
             <w:r w:rsidR="00766CAA" w:rsidRPr="005B30C3">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B30C3">
@@ -96,604 +96,602 @@
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidR="00C13630" w:rsidRPr="005B30C3">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Port</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C13630" w:rsidRPr="005B30C3" w:rsidRDefault="00C13630" w:rsidP="005B30C3">
+          <w:p w14:paraId="521538C8" w14:textId="77777777" w:rsidR="00C13630" w:rsidRPr="005B30C3" w:rsidRDefault="00C13630" w:rsidP="005B30C3">
             <w:r w:rsidRPr="005B30C3">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E165AD0" wp14:editId="2AA69B61">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B676BD4" wp14:editId="29A079F6">
                   <wp:extent cx="1371600" cy="914400"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Picture 1" descr="ahfc_logo_large.jpg">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId7"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="ahfc_logo_large.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1371600" cy="914400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C13630" w:rsidTr="005B30C3">
+      <w:tr w:rsidR="00C13630" w14:paraId="28336C99" w14:textId="77777777" w:rsidTr="005B30C3">
         <w:trPr>
           <w:trHeight w:val="440"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C13630" w:rsidRPr="005B30C3" w:rsidRDefault="00C13630" w:rsidP="005B30C3"/>
+          <w:p w14:paraId="3CC39A50" w14:textId="77777777" w:rsidR="00C13630" w:rsidRPr="005B30C3" w:rsidRDefault="00C13630" w:rsidP="005B30C3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C13630" w:rsidRPr="005B30C3" w:rsidRDefault="00C13630" w:rsidP="005B30C3"/>
+          <w:p w14:paraId="3703CF45" w14:textId="77777777" w:rsidR="00C13630" w:rsidRPr="005B30C3" w:rsidRDefault="00C13630" w:rsidP="005B30C3"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004B18DF" w:rsidRPr="00983430" w:rsidRDefault="004B18DF" w:rsidP="00983430"/>
+    <w:p w14:paraId="57D9FDF3" w14:textId="77777777" w:rsidR="004B18DF" w:rsidRPr="00983430" w:rsidRDefault="004B18DF" w:rsidP="00983430"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9448" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="14" w:type="dxa"/>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7153"/>
         <w:gridCol w:w="2295"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B18DF" w:rsidRPr="001B1DB8" w:rsidTr="00573FEA">
+      <w:tr w:rsidR="004B18DF" w:rsidRPr="001B1DB8" w14:paraId="515CCDE8" w14:textId="77777777" w:rsidTr="00573FEA">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7153" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004B18DF" w:rsidRPr="001B1DB8" w:rsidRDefault="00FA73CC" w:rsidP="003B5130">
+          <w:p w14:paraId="60F04158" w14:textId="77777777" w:rsidR="004B18DF" w:rsidRPr="001B1DB8" w:rsidRDefault="00FA73CC" w:rsidP="003B5130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Head of Household</w:t>
             </w:r>
             <w:r w:rsidR="004B18DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004B18DF" w:rsidRPr="001B1DB8" w:rsidRDefault="00573FEA" w:rsidP="003B5130">
+          <w:p w14:paraId="7C07C6A6" w14:textId="77777777" w:rsidR="004B18DF" w:rsidRPr="001B1DB8" w:rsidRDefault="00573FEA" w:rsidP="003B5130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B18DF" w:rsidRPr="009B31AF" w:rsidTr="00573FEA">
+      <w:tr w:rsidR="004B18DF" w:rsidRPr="009B31AF" w14:paraId="0F5CBC90" w14:textId="77777777" w:rsidTr="00573FEA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004B18DF" w:rsidRPr="009B31AF" w:rsidRDefault="00E01162" w:rsidP="009B31AF">
+          <w:p w14:paraId="70542401" w14:textId="77777777" w:rsidR="004B18DF" w:rsidRPr="009B31AF" w:rsidRDefault="00E01162" w:rsidP="009B31AF">
             <w:r w:rsidRPr="009B31AF">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004B18DF" w:rsidRPr="009B31AF">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r w:rsidR="004B18DF" w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004B18DF" w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004B18DF" w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004B18DF" w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004B18DF" w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="009B31AF">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004B18DF" w:rsidRPr="009B31AF" w:rsidRDefault="00573FEA" w:rsidP="009B31AF">
+          <w:p w14:paraId="66F63BB0" w14:textId="77777777" w:rsidR="004B18DF" w:rsidRPr="009B31AF" w:rsidRDefault="00573FEA" w:rsidP="009B31AF">
             <w:r w:rsidRPr="009B31AF">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text15"/>
+            <w:bookmarkStart w:id="0" w:name="Text15"/>
             <w:r w:rsidRPr="009B31AF">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00474008" w:rsidRDefault="00474008" w:rsidP="00983430"/>
+    <w:p w14:paraId="73BA89D2" w14:textId="77777777" w:rsidR="00474008" w:rsidRDefault="00474008" w:rsidP="00983430"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9448" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="14" w:type="dxa"/>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2052"/>
         <w:gridCol w:w="3735"/>
         <w:gridCol w:w="3661"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E76876" w:rsidRPr="00AD435D" w:rsidTr="009E536E">
+      <w:tr w:rsidR="00E76876" w:rsidRPr="00AD435D" w14:paraId="7813C26C" w14:textId="77777777" w:rsidTr="009E536E">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E76876" w:rsidRPr="00FF5750" w:rsidRDefault="00E76876" w:rsidP="003B5130">
+          <w:p w14:paraId="56462F41" w14:textId="77777777" w:rsidR="00E76876" w:rsidRPr="00FF5750" w:rsidRDefault="00E76876" w:rsidP="003B5130">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7470"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5750">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
               </w:rPr>
               <w:t>Type of Request:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3735" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E76876" w:rsidRPr="00AD435D" w:rsidRDefault="00E01162" w:rsidP="00114D7F">
+          <w:p w14:paraId="5D8FB517" w14:textId="77777777" w:rsidR="00E76876" w:rsidRPr="00AD435D" w:rsidRDefault="00E01162" w:rsidP="00114D7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7470"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00AD435D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E76876" w:rsidRPr="00AD435D">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004329AB">
+            <w:r w:rsidR="00023B44">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD435D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E76876">
               <w:t xml:space="preserve"> Move (</w:t>
             </w:r>
             <w:r w:rsidR="00114D7F">
               <w:t>move within Alaska</w:t>
             </w:r>
             <w:r w:rsidR="00E76876">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E76876" w:rsidRPr="00AD435D" w:rsidRDefault="00E01162" w:rsidP="00872C0F">
+          <w:p w14:paraId="6D232372" w14:textId="77777777" w:rsidR="00E76876" w:rsidRPr="00AD435D" w:rsidRDefault="00E01162" w:rsidP="00872C0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7470"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00AD435D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E76876" w:rsidRPr="00AD435D">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004329AB">
+            <w:r w:rsidR="00023B44">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD435D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E76876">
               <w:t xml:space="preserve"> Port (move </w:t>
             </w:r>
             <w:r w:rsidR="00872C0F">
               <w:t>outside</w:t>
             </w:r>
             <w:r w:rsidR="00E76876">
               <w:t xml:space="preserve"> Alaska)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E76876" w:rsidRDefault="00E76876" w:rsidP="00983430"/>
+    <w:p w14:paraId="2916ACBC" w14:textId="77777777" w:rsidR="00E76876" w:rsidRDefault="00E76876" w:rsidP="00983430"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9448" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="14" w:type="dxa"/>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2473"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="5249"/>
         <w:gridCol w:w="140"/>
         <w:gridCol w:w="146"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00474008" w:rsidRPr="002D6097" w:rsidTr="009E536E">
+      <w:tr w:rsidR="00474008" w:rsidRPr="002D6097" w14:paraId="56F20793" w14:textId="77777777" w:rsidTr="009E536E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00474008" w:rsidRPr="002D6097" w:rsidRDefault="00474008" w:rsidP="00150210">
+          <w:p w14:paraId="65ED79BE" w14:textId="77777777" w:rsidR="00474008" w:rsidRPr="002D6097" w:rsidRDefault="00474008" w:rsidP="00150210">
             <w:r>
               <w:t>I request to move from</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="2" w:name="Text6"/>
+        <w:bookmarkStart w:id="1" w:name="Text6"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6689" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00474008" w:rsidRPr="002D6097" w:rsidRDefault="00E01162" w:rsidP="00150210">
+          <w:p w14:paraId="626458DF" w14:textId="77777777" w:rsidR="00474008" w:rsidRPr="002D6097" w:rsidRDefault="00E01162" w:rsidP="00150210">
             <w:r w:rsidRPr="002D6097">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00474008" w:rsidRPr="002D6097">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002D6097">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00474008" w:rsidRPr="002D6097">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00474008" w:rsidRPr="002D6097">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00474008" w:rsidRPr="002D6097">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00474008" w:rsidRPr="002D6097">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00474008" w:rsidRPr="002D6097">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002D6097">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="286" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00474008" w:rsidRPr="002D6097" w:rsidRDefault="00474008" w:rsidP="00150210">
+          <w:p w14:paraId="3EB23D9A" w14:textId="77777777" w:rsidR="00474008" w:rsidRPr="002D6097" w:rsidRDefault="00474008" w:rsidP="00150210">
             <w:r>
               <w:t>to</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00474008" w:rsidRPr="002D6097" w:rsidTr="00845A85">
+      <w:tr w:rsidR="00474008" w:rsidRPr="002D6097" w14:paraId="40DC1C5D" w14:textId="77777777" w:rsidTr="00845A85">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9302" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00474008" w:rsidRPr="002D6097" w:rsidRDefault="00E01162" w:rsidP="00150210">
+          <w:p w14:paraId="1E1968F2" w14:textId="77777777" w:rsidR="00474008" w:rsidRPr="002D6097" w:rsidRDefault="00E01162" w:rsidP="00150210">
             <w:r w:rsidRPr="002D6097">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00474008" w:rsidRPr="002D6097">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002D6097">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00474008" w:rsidRPr="002D6097">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00474008" w:rsidRPr="002D6097">
               <w:rPr>
                 <w:noProof/>
@@ -712,93 +710,93 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00474008" w:rsidRPr="002D6097">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002D6097">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00474008" w:rsidRDefault="00474008" w:rsidP="00150210">
+          <w:p w14:paraId="4FDBDDE3" w14:textId="77777777" w:rsidR="00474008" w:rsidRDefault="00474008" w:rsidP="00150210">
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E27222" w:rsidRPr="002D6097" w:rsidTr="00845A85">
+      <w:tr w:rsidR="00E27222" w:rsidRPr="002D6097" w14:paraId="40E5F381" w14:textId="77777777" w:rsidTr="00845A85">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E27222" w:rsidRPr="002D6097" w:rsidRDefault="00E27222" w:rsidP="00150210">
+          <w:p w14:paraId="5738FFE3" w14:textId="77777777" w:rsidR="00E27222" w:rsidRPr="002D6097" w:rsidRDefault="00E27222" w:rsidP="00150210">
             <w:r>
               <w:t>I would like to move/port on or before</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5389" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E27222" w:rsidRPr="002D6097" w:rsidRDefault="00E01162" w:rsidP="00150210">
+          <w:p w14:paraId="40BD9B14" w14:textId="77777777" w:rsidR="00E27222" w:rsidRPr="002D6097" w:rsidRDefault="00E01162" w:rsidP="00150210">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E27222">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E27222">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00E27222">
               <w:rPr>
                 <w:noProof/>
@@ -817,516 +815,516 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00E27222">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E27222" w:rsidRPr="002D6097" w:rsidRDefault="00E27222" w:rsidP="00150210">
+          <w:p w14:paraId="44F33285" w14:textId="77777777" w:rsidR="00E27222" w:rsidRPr="002D6097" w:rsidRDefault="00E27222" w:rsidP="00150210">
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00474008" w:rsidRDefault="00474008" w:rsidP="00983430"/>
-    <w:p w:rsidR="00E76876" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00673E64">
+    <w:p w14:paraId="50BB77E0" w14:textId="77777777" w:rsidR="00474008" w:rsidRDefault="00474008" w:rsidP="00983430"/>
+    <w:p w14:paraId="42F2A850" w14:textId="77777777" w:rsidR="00E76876" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00673E64">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00E76876" w:rsidRPr="009E536E">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> understand that I must complete the steps below before I </w:t>
       </w:r>
       <w:r w:rsidR="005542C6" w:rsidRPr="009E536E">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>can be approved to move or port. I must:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
+    <w:p w14:paraId="722FDA07" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t xml:space="preserve">Qualify to </w:t>
       </w:r>
       <w:r w:rsidR="003B2E0D">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="009E536E">
         <w:t>ove/</w:t>
       </w:r>
       <w:r w:rsidR="003B2E0D">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E536E">
         <w:t>ort from this area as determined by AHFC</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
+    <w:p w14:paraId="30CC3DFF" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t>Declare where I want to move</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="009E6BCF" w:rsidP="00E76876">
+    <w:p w14:paraId="2673386E" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="009E6BCF" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Properly terminate my lease.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
+    <w:p w14:paraId="2D4890CE" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t>Pay any debts I owe AHFC in full before I may port out of state</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
+    <w:p w14:paraId="53E7F531" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t xml:space="preserve">Be current on any Repayment Agreement debt before moving to another area in </w:t>
       </w:r>
       <w:r w:rsidR="004633AA" w:rsidRPr="009E536E">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E536E">
         <w:t>state</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
+    <w:p w14:paraId="04B64826" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t>Be in good standing with AHFC family obligations</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
+    <w:p w14:paraId="5FFA8A22" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t>Update</w:t>
       </w:r>
       <w:r w:rsidR="004633AA" w:rsidRPr="009E536E">
         <w:t xml:space="preserve"> my</w:t>
       </w:r>
       <w:r w:rsidRPr="009E536E">
         <w:t xml:space="preserve"> income and family composition</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
+    <w:p w14:paraId="29921A43" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t xml:space="preserve">Attend a </w:t>
       </w:r>
       <w:r w:rsidR="00A82D66" w:rsidRPr="009E536E">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="009E536E">
         <w:t xml:space="preserve">riefing </w:t>
       </w:r>
       <w:r w:rsidR="00A82D66" w:rsidRPr="009E536E">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="009E536E">
         <w:t>ession to receive an updated Housing Choice Voucher</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="002B2A52"/>
-    <w:p w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="00673E64">
+    <w:p w14:paraId="650642FF" w14:textId="77777777" w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="002B2A52"/>
+    <w:p w14:paraId="3C45157E" w14:textId="77777777" w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="00673E64">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>AHFC will:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="002B2A52">
+    <w:p w14:paraId="415648FB" w14:textId="77777777" w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="002B2A52">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t xml:space="preserve">Determine if I am eligible to </w:t>
       </w:r>
       <w:r w:rsidR="003B2E0D">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ove or </w:t>
       </w:r>
       <w:r w:rsidR="003B2E0D">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E536E">
         <w:t>ort</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="002B2A52">
+    <w:p w14:paraId="263AA698" w14:textId="77777777" w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="002B2A52">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t xml:space="preserve">Select the receiving </w:t>
       </w:r>
       <w:r w:rsidR="003B2E0D" w:rsidRPr="009E536E">
         <w:t xml:space="preserve">Public Housing Authority (PHA) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E536E">
         <w:t>if there is more than one PHA in the receiving jurisdiction</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="002B2A52">
+    <w:p w14:paraId="3315CDCA" w14:textId="77777777" w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="002B2A52">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t>Contact the receiving PHA to notify them of my impending move</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="002B2A52">
+    <w:p w14:paraId="66849D8A" w14:textId="77777777" w:rsidR="002B2A52" w:rsidRPr="009E536E" w:rsidRDefault="002B2A52" w:rsidP="002B2A52">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t>Provide me with the information necessary to contact the receiving PHA upon my arrival</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E76876" w:rsidRPr="009E536E" w:rsidRDefault="00E76876" w:rsidP="00E76876"/>
-    <w:p w:rsidR="00E76876" w:rsidRPr="009E536E" w:rsidRDefault="00E76876" w:rsidP="00673E64">
+    <w:p w14:paraId="089CAB33" w14:textId="77777777" w:rsidR="00E76876" w:rsidRPr="009E536E" w:rsidRDefault="00E76876" w:rsidP="00E76876"/>
+    <w:p w14:paraId="7D6084DD" w14:textId="77777777" w:rsidR="00E76876" w:rsidRPr="009E536E" w:rsidRDefault="00E76876" w:rsidP="00673E64">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Once I have been approved by AHFC to move or port, I must:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
+    <w:p w14:paraId="7AD5FB1B" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t>Promptly contact the receiving PHA or AHFC office when I arrive</w:t>
       </w:r>
       <w:r w:rsidR="00C12D13">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
+    <w:p w14:paraId="7E0F3F81" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="009E536E" w:rsidRDefault="00D23619" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t>Request any extensions from and abide by the policy and procedures of the receiving PHA or AHFC office</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E76876" w:rsidRDefault="00D23619" w:rsidP="00E76876">
+    <w:p w14:paraId="2A042C14" w14:textId="77777777" w:rsidR="00E76876" w:rsidRDefault="00D23619" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009E536E">
         <w:t>Submit a Request for Tenancy Approval</w:t>
       </w:r>
       <w:r w:rsidR="00991D05">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E536E">
         <w:t>HUD 52517</w:t>
       </w:r>
       <w:r w:rsidR="00991D05">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E536E">
         <w:t xml:space="preserve"> to the receiving PHA or AHFC office prior to the </w:t>
       </w:r>
       <w:r w:rsidR="00E76876" w:rsidRPr="009E536E">
         <w:t>expiration date o</w:t>
       </w:r>
       <w:r w:rsidR="00C36810" w:rsidRPr="009E536E">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00E76876" w:rsidRPr="009E536E">
         <w:t xml:space="preserve"> my voucher</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B2A52" w:rsidRPr="0009286C" w:rsidRDefault="002B2A52" w:rsidP="00E76876">
+    <w:p w14:paraId="7D1BCA9C" w14:textId="77777777" w:rsidR="002B2A52" w:rsidRPr="0009286C" w:rsidRDefault="002B2A52" w:rsidP="00E76876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0009286C">
         <w:t>If I fail to move or port, it is my responsibility to contact AHFC before my voucher expires so that I may continue my voucher assistance</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF" w:rsidRPr="0009286C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F96FE4" w:rsidRPr="004E3357" w:rsidRDefault="00F96FE4" w:rsidP="004E3357"/>
-    <w:p w:rsidR="00342E88" w:rsidRDefault="00342E88">
+    <w:p w14:paraId="2E38D096" w14:textId="77777777" w:rsidR="00F96FE4" w:rsidRPr="004E3357" w:rsidRDefault="00F96FE4" w:rsidP="004E3357"/>
+    <w:p w14:paraId="54A6E587" w14:textId="77777777" w:rsidR="00342E88" w:rsidRDefault="00342E88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3669" w:rsidRDefault="00CD3669" w:rsidP="00CD3669"/>
+    <w:p w14:paraId="21C0607C" w14:textId="77777777" w:rsidR="00CD3669" w:rsidRDefault="00CD3669" w:rsidP="00CD3669"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-2" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="14" w:type="dxa"/>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2816"/>
         <w:gridCol w:w="6546"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD3669" w:rsidRPr="002B2A52" w:rsidTr="00292BA2">
+      <w:tr w:rsidR="00CD3669" w:rsidRPr="002B2A52" w14:paraId="79A060FE" w14:textId="77777777" w:rsidTr="00292BA2">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD3669" w:rsidRPr="002B2A52" w:rsidRDefault="00CD3669" w:rsidP="00292BA2">
+          <w:p w14:paraId="6C4232DC" w14:textId="77777777" w:rsidR="00CD3669" w:rsidRPr="002B2A52" w:rsidRDefault="00CD3669" w:rsidP="00292BA2">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Head of Household Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD3669" w:rsidRPr="00CD3669" w:rsidRDefault="001B202B" w:rsidP="00292BA2">
+          <w:p w14:paraId="42A61C81" w14:textId="77777777" w:rsidR="00CD3669" w:rsidRPr="00CD3669" w:rsidRDefault="001B202B" w:rsidP="00292BA2">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -1339,565 +1337,685 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD3669" w:rsidRDefault="00CD3669" w:rsidP="00CD3669"/>
-    <w:p w:rsidR="00150210" w:rsidRPr="005B30C3" w:rsidRDefault="00D23619" w:rsidP="00673E64">
+    <w:p w14:paraId="18B5F234" w14:textId="77777777" w:rsidR="00CD3669" w:rsidRDefault="00CD3669" w:rsidP="00CD3669"/>
+    <w:p w14:paraId="1719672C" w14:textId="77777777" w:rsidR="00150210" w:rsidRPr="005B30C3" w:rsidRDefault="00D23619" w:rsidP="00673E64">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B30C3">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Additiona</w:t>
       </w:r>
       <w:r w:rsidR="0063788C" w:rsidRPr="005B30C3">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>l q</w:t>
       </w:r>
       <w:r w:rsidR="00C53A88" w:rsidRPr="005B30C3">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ualifications to </w:t>
       </w:r>
       <w:r w:rsidR="0063788C" w:rsidRPr="005B30C3">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>move or port</w:t>
       </w:r>
       <w:r w:rsidR="00C53A88" w:rsidRPr="005B30C3">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C36810" w:rsidRPr="005B30C3" w:rsidRDefault="00D23619" w:rsidP="005B30C3">
+    <w:p w14:paraId="4497B1E4" w14:textId="77777777" w:rsidR="00C36810" w:rsidRPr="005B30C3" w:rsidRDefault="00D23619" w:rsidP="005B30C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B30C3">
         <w:t>The head, spouse, or co-head</w:t>
       </w:r>
       <w:r w:rsidR="00AB3795">
         <w:t xml:space="preserve"> must have</w:t>
       </w:r>
       <w:r w:rsidR="00C36810" w:rsidRPr="005B30C3">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C36810" w:rsidRPr="005B30C3" w:rsidRDefault="00C36810" w:rsidP="009E6BCF">
+    <w:p w14:paraId="0A90466E" w14:textId="77777777" w:rsidR="00C36810" w:rsidRPr="005B30C3" w:rsidRDefault="00C36810" w:rsidP="009E6BCF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="900"/>
       </w:pPr>
       <w:r w:rsidRPr="005B30C3">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00D23619" w:rsidRPr="005B30C3">
         <w:t xml:space="preserve">stablished a domicile for 30 days prior to application in the area where </w:t>
       </w:r>
       <w:r w:rsidR="003379AD" w:rsidRPr="005B30C3">
         <w:t>she/</w:t>
       </w:r>
       <w:r w:rsidR="0063788C" w:rsidRPr="005B30C3">
         <w:t>he</w:t>
       </w:r>
       <w:r w:rsidR="00D23619" w:rsidRPr="005B30C3">
         <w:t xml:space="preserve"> received </w:t>
       </w:r>
       <w:r w:rsidR="0063788C" w:rsidRPr="005B30C3">
         <w:t>his/her</w:t>
       </w:r>
       <w:r w:rsidR="00D23619" w:rsidRPr="005B30C3">
         <w:t xml:space="preserve"> voucher </w:t>
       </w:r>
       <w:r w:rsidR="00D23619" w:rsidRPr="005B30C3">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="005B30C3" w:rsidRDefault="00C36810" w:rsidP="009E6BCF">
+    <w:p w14:paraId="5BEAB231" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="005B30C3" w:rsidRDefault="00C36810" w:rsidP="009E6BCF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="900"/>
       </w:pPr>
       <w:r w:rsidRPr="005B30C3">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00D23619" w:rsidRPr="005B30C3">
         <w:t>eceived assistance in that area for 12 months</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="005B30C3" w:rsidRDefault="004633AA" w:rsidP="005B30C3">
+    <w:p w14:paraId="55C2DF89" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="005B30C3" w:rsidRDefault="004633AA" w:rsidP="005B30C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B30C3">
         <w:t>If the family is new to the program (from the waiting list) and has established a domicile, they must meet the income limit for the area</w:t>
       </w:r>
       <w:r w:rsidR="005B30C3">
         <w:t xml:space="preserve"> to which they are moving or </w:t>
       </w:r>
       <w:r w:rsidR="009E6BCF">
         <w:t>porting.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="005B30C3" w:rsidRDefault="00D23619" w:rsidP="005B30C3">
+    <w:p w14:paraId="30066D87" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="005B30C3" w:rsidRDefault="00D23619" w:rsidP="005B30C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B30C3">
         <w:t xml:space="preserve">A family must be eligible to receive </w:t>
       </w:r>
       <w:r w:rsidR="0063788C" w:rsidRPr="005B30C3">
         <w:t xml:space="preserve">subsidy in the receiving area. </w:t>
       </w:r>
       <w:r w:rsidRPr="005B30C3">
         <w:t>If the family total tenant payment meets or exceeds the payment standard at the receiving PHA (i.e., the HAP will be $0)</w:t>
       </w:r>
       <w:r w:rsidR="004633AA" w:rsidRPr="005B30C3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005B30C3">
         <w:t xml:space="preserve"> the family will not be eligible to </w:t>
       </w:r>
       <w:r w:rsidR="005B30C3">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="005B30C3">
         <w:t>ove</w:t>
       </w:r>
       <w:r w:rsidR="005B30C3">
         <w:t xml:space="preserve"> or p</w:t>
       </w:r>
       <w:r w:rsidRPr="005B30C3">
         <w:t>ort</w:t>
       </w:r>
       <w:r w:rsidR="0063788C" w:rsidRPr="005B30C3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23619" w:rsidRPr="005B30C3" w:rsidRDefault="0063788C" w:rsidP="005B30C3">
+    <w:p w14:paraId="01A496F5" w14:textId="77777777" w:rsidR="00D23619" w:rsidRPr="005B30C3" w:rsidRDefault="0063788C" w:rsidP="005B30C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B30C3">
         <w:t xml:space="preserve">If the receiving PHA does not absorb AHFC’s voucher, </w:t>
       </w:r>
       <w:r w:rsidR="00D23619" w:rsidRPr="005B30C3">
         <w:t xml:space="preserve">AHFC </w:t>
       </w:r>
       <w:r w:rsidRPr="005B30C3">
         <w:t xml:space="preserve">must have </w:t>
       </w:r>
       <w:r w:rsidR="00D23619" w:rsidRPr="005B30C3">
         <w:t>funding available to pay HAP a</w:t>
       </w:r>
       <w:r w:rsidRPr="005B30C3">
         <w:t>nd administrative fees.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C53A88" w:rsidRPr="00F30BBC" w:rsidRDefault="001D14B7" w:rsidP="001D14B7">
+    <w:p w14:paraId="223FF059" w14:textId="77777777" w:rsidR="00C53A88" w:rsidRPr="00F30BBC" w:rsidRDefault="001D14B7" w:rsidP="001D14B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30BBC">
         <w:t>If the family possesses a voucher from another housing authority, that housing authority must agree to the move.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C53A88" w:rsidRPr="005B30C3" w:rsidRDefault="00C53A88" w:rsidP="005B30C3"/>
+    <w:p w14:paraId="09F45AC8" w14:textId="77777777" w:rsidR="00C53A88" w:rsidRPr="005B30C3" w:rsidRDefault="00C53A88" w:rsidP="005B30C3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9450" w:type="dxa"/>
         <w:tblInd w:w="-2" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="14" w:type="dxa"/>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5715"/>
         <w:gridCol w:w="119"/>
         <w:gridCol w:w="3616"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5750" w:rsidRPr="009B31AF" w:rsidTr="003B2E0D">
+      <w:tr w:rsidR="00FF5750" w:rsidRPr="009B31AF" w14:paraId="2C125AFC" w14:textId="77777777" w:rsidTr="003B2E0D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5715" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5750" w:rsidRPr="009B31AF" w:rsidRDefault="00FF5750" w:rsidP="009B31AF"/>
+          <w:p w14:paraId="7E4B5E77" w14:textId="77777777" w:rsidR="00FF5750" w:rsidRPr="009B31AF" w:rsidRDefault="00FF5750" w:rsidP="009B31AF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="119" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5750" w:rsidRPr="009B31AF" w:rsidRDefault="00FF5750" w:rsidP="009B31AF"/>
+          <w:p w14:paraId="2C73FF71" w14:textId="77777777" w:rsidR="00FF5750" w:rsidRPr="009B31AF" w:rsidRDefault="00FF5750" w:rsidP="009B31AF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5750" w:rsidRPr="009B31AF" w:rsidRDefault="00FF5750" w:rsidP="009B31AF">
+          <w:p w14:paraId="791B6C30" w14:textId="77777777" w:rsidR="00FF5750" w:rsidRPr="009B31AF" w:rsidRDefault="00FF5750" w:rsidP="009B31AF">
             <w:r w:rsidRPr="009B31AF">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B31AF">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5750" w:rsidRPr="006E1377" w:rsidTr="005C649E">
+      <w:tr w:rsidR="00FF5750" w:rsidRPr="006E1377" w14:paraId="0023F31E" w14:textId="77777777" w:rsidTr="005C649E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5750" w:rsidRPr="006E1377" w:rsidRDefault="00FF5750" w:rsidP="00A1143A">
+          <w:p w14:paraId="57393E9A" w14:textId="77777777" w:rsidR="00FF5750" w:rsidRPr="006E1377" w:rsidRDefault="00FF5750" w:rsidP="00A1143A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Head of Household</w:t>
             </w:r>
             <w:r w:rsidRPr="006E1377">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="119" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5750" w:rsidRPr="006E1377" w:rsidRDefault="00FF5750" w:rsidP="00A1143A">
+          <w:p w14:paraId="4A23779B" w14:textId="77777777" w:rsidR="00FF5750" w:rsidRPr="006E1377" w:rsidRDefault="00FF5750" w:rsidP="00A1143A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5750" w:rsidRPr="006E1377" w:rsidRDefault="00FF5750" w:rsidP="00A1143A">
+          <w:p w14:paraId="4DB05118" w14:textId="77777777" w:rsidR="00FF5750" w:rsidRPr="006E1377" w:rsidRDefault="00FF5750" w:rsidP="00A1143A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E1377">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C649E" w:rsidRPr="005C649E" w:rsidTr="003B2E0D">
+      <w:tr w:rsidR="00755C2C" w:rsidRPr="005C649E" w14:paraId="2E561A33" w14:textId="77777777" w:rsidTr="00755C2C">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="576"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0756F733" w14:textId="4B076006" w:rsidR="00755C2C" w:rsidRPr="005C649E" w:rsidRDefault="00755C2C" w:rsidP="005C649E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C649E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="005C649E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="005C649E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="005C649E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="005C649E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C649E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C649E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C649E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C649E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C649E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00755C2C" w:rsidRPr="005C649E" w14:paraId="5097EB29" w14:textId="77777777" w:rsidTr="00755C2C">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="102"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3837D29F" w14:textId="234CCD04" w:rsidR="00755C2C" w:rsidRPr="00023B44" w:rsidRDefault="00755C2C" w:rsidP="00755C2C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00023B44">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00755C2C" w:rsidRPr="005C649E" w14:paraId="72869C9D" w14:textId="77777777" w:rsidTr="00755C2C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C649E" w:rsidRPr="005C649E" w:rsidRDefault="005C649E" w:rsidP="005C649E">
+          <w:p w14:paraId="7E3280DD" w14:textId="77777777" w:rsidR="00755C2C" w:rsidRPr="00023B44" w:rsidRDefault="00755C2C" w:rsidP="00755C2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C649E">
+            <w:r w:rsidRPr="00023B44">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005C649E">
+            <w:r w:rsidRPr="00023B44">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005C649E">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="005C649E">
+            <w:r w:rsidRPr="00023B44">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00023B44">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005C649E">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005C649E">
+            <w:r w:rsidRPr="00023B44">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00023B44">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00023B44">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00023B44">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00023B44">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00023B44">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C649E" w:rsidRPr="006E1377" w:rsidTr="005C649E">
+      <w:tr w:rsidR="00755C2C" w:rsidRPr="006E1377" w14:paraId="1213D600" w14:textId="77777777" w:rsidTr="005C649E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005C649E" w:rsidRPr="006E1377" w:rsidRDefault="005C649E" w:rsidP="00F81AD7">
+          <w:p w14:paraId="313324B4" w14:textId="3A21B593" w:rsidR="00755C2C" w:rsidRPr="006E1377" w:rsidRDefault="00755C2C" w:rsidP="00755C2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Current Mailing Address</w:t>
+              <w:t>Forwarding Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C649E" w:rsidRPr="005C649E" w:rsidTr="003B2E0D">
+      <w:tr w:rsidR="00755C2C" w:rsidRPr="005C649E" w14:paraId="51ED8658" w14:textId="77777777" w:rsidTr="003B2E0D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C649E" w:rsidRPr="005C649E" w:rsidRDefault="005C649E" w:rsidP="005C649E">
+          <w:p w14:paraId="1E0571DA" w14:textId="77777777" w:rsidR="00755C2C" w:rsidRPr="005C649E" w:rsidRDefault="00755C2C" w:rsidP="00755C2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005C649E">
@@ -1928,146 +2046,146 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C649E" w:rsidRPr="006E1377" w:rsidTr="00E47421">
+      <w:tr w:rsidR="00755C2C" w:rsidRPr="006E1377" w14:paraId="7CFB53FE" w14:textId="77777777" w:rsidTr="00E47421">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005C649E" w:rsidRPr="006E1377" w:rsidRDefault="005C649E" w:rsidP="00F81AD7">
+          <w:p w14:paraId="2047C91E" w14:textId="039F58BC" w:rsidR="00755C2C" w:rsidRPr="006E1377" w:rsidRDefault="00755C2C" w:rsidP="00755C2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Current Mailing Address</w:t>
+              <w:t>City, State Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FF5750" w:rsidRDefault="00FF5750" w:rsidP="002878EE"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="002878EE" w:rsidRPr="002878EE" w:rsidRDefault="001D14B7" w:rsidP="002878EE">
+    <w:p w14:paraId="50D23E25" w14:textId="77777777" w:rsidR="00FF5750" w:rsidRDefault="00FF5750" w:rsidP="002878EE"/>
+    <w:p w14:paraId="2CA6E97C" w14:textId="77777777" w:rsidR="00C844F6" w:rsidRDefault="00C844F6" w:rsidP="002878EE"/>
+    <w:p w14:paraId="1A57FDEF" w14:textId="77777777" w:rsidR="002878EE" w:rsidRPr="002878EE" w:rsidRDefault="001D14B7" w:rsidP="002878EE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Receiving PHA/AHFC Office </w:t>
       </w:r>
       <w:r w:rsidR="002878EE" w:rsidRPr="002878EE">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Contact Information for Family:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9045" w:type="dxa"/>
         <w:tblInd w:w="403" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="14" w:type="dxa"/>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9045"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002878EE" w:rsidRPr="002B2A52" w:rsidTr="00853B95">
+      <w:tr w:rsidR="002878EE" w:rsidRPr="002B2A52" w14:paraId="1A708F25" w14:textId="77777777" w:rsidTr="00853B95">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9045" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002878EE" w:rsidRPr="002B2A52" w:rsidRDefault="00256E50" w:rsidP="00A1143A">
+          <w:p w14:paraId="3CB58308" w14:textId="77777777" w:rsidR="002878EE" w:rsidRPr="002B2A52" w:rsidRDefault="00256E50" w:rsidP="00A1143A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
@@ -2102,64 +2220,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002878EE" w:rsidRPr="002B2A52" w:rsidTr="00853B95">
+      <w:tr w:rsidR="002878EE" w:rsidRPr="002B2A52" w14:paraId="320660E8" w14:textId="77777777" w:rsidTr="00853B95">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002878EE" w:rsidRPr="002B2A52" w:rsidRDefault="00256E50" w:rsidP="00A1143A">
+          <w:p w14:paraId="6B302B9F" w14:textId="77777777" w:rsidR="002878EE" w:rsidRPr="002B2A52" w:rsidRDefault="00256E50" w:rsidP="00A1143A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
@@ -2194,64 +2312,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002878EE" w:rsidRPr="002B2A52" w:rsidTr="00853B95">
+      <w:tr w:rsidR="002878EE" w:rsidRPr="002B2A52" w14:paraId="28CA3BE7" w14:textId="77777777" w:rsidTr="00853B95">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002878EE" w:rsidRPr="002B2A52" w:rsidRDefault="00256E50" w:rsidP="00A1143A">
+          <w:p w14:paraId="39C07EB8" w14:textId="77777777" w:rsidR="002878EE" w:rsidRPr="002B2A52" w:rsidRDefault="00256E50" w:rsidP="00A1143A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
@@ -2287,99 +2405,99 @@
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C649E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F44878" w:rsidRPr="005C649E" w:rsidRDefault="00F44878" w:rsidP="005C649E"/>
+    <w:p w14:paraId="7168C556" w14:textId="77777777" w:rsidR="00F44878" w:rsidRPr="005C649E" w:rsidRDefault="00F44878" w:rsidP="005C649E"/>
     <w:sectPr w:rsidR="00F44878" w:rsidRPr="005C649E" w:rsidSect="00A812E6">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00173BA4" w:rsidRDefault="00173BA4" w:rsidP="004B18DF">
+    <w:p w14:paraId="3471B59E" w14:textId="77777777" w:rsidR="00173BA4" w:rsidRDefault="00173BA4" w:rsidP="004B18DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00173BA4" w:rsidRDefault="00173BA4" w:rsidP="004B18DF">
+    <w:p w14:paraId="0C41F55F" w14:textId="77777777" w:rsidR="00173BA4" w:rsidRDefault="00173BA4" w:rsidP="004B18DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
@@ -2404,360 +2522,374 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Demi">
     <w:panose1 w:val="020B0703020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="003B2E0D" w:rsidRPr="003B53BF" w:rsidRDefault="003B2E0D" w:rsidP="003B2E0D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4C6B1081" w14:textId="77777777" w:rsidR="003B2E0D" w:rsidRPr="003B53BF" w:rsidRDefault="003B2E0D" w:rsidP="003B2E0D">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="11016" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblCellMar>
         <w:top w:w="14" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1656"/>
       <w:gridCol w:w="7704"/>
       <w:gridCol w:w="1656"/>
     </w:tblGrid>
-    <w:tr w:rsidR="003B2E0D" w:rsidRPr="00246527" w:rsidTr="005F4326">
+    <w:tr w:rsidR="003B2E0D" w:rsidRPr="00246527" w14:paraId="5CCE73EF" w14:textId="77777777" w:rsidTr="005F4326">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="003B2E0D" w:rsidRPr="00246527" w:rsidRDefault="009B31AF" w:rsidP="005F4326">
+        <w:p w14:paraId="42650A17" w14:textId="77777777" w:rsidR="003B2E0D" w:rsidRPr="00246527" w:rsidRDefault="009B31AF" w:rsidP="005F4326">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>V5</w:t>
           </w:r>
           <w:r w:rsidR="003B2E0D">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>0a</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7704" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="003B2E0D" w:rsidRPr="00246527" w:rsidRDefault="003B2E0D" w:rsidP="005F4326">
+        <w:p w14:paraId="3940FD68" w14:textId="77777777" w:rsidR="003B2E0D" w:rsidRPr="00246527" w:rsidRDefault="003B2E0D" w:rsidP="005F4326">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="003B2E0D" w:rsidRPr="00246527" w:rsidRDefault="00046206" w:rsidP="005F4326">
+        <w:p w14:paraId="0D464B96" w14:textId="385AFBE3" w:rsidR="003B2E0D" w:rsidRPr="00246527" w:rsidRDefault="003B7782" w:rsidP="005F4326">
           <w:pPr>
             <w:ind w:left="-108" w:firstLine="108"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>02/01</w:t>
+            <w:t>0</w:t>
           </w:r>
-          <w:r w:rsidR="003B2E0D">
+          <w:r w:rsidR="004935D6">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>/2016</w:t>
+            <w:t>5</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>/01/2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="003B2E0D" w:rsidRPr="003B53BF" w:rsidRDefault="003B2E0D" w:rsidP="003B2E0D">
+  <w:p w14:paraId="77428BBC" w14:textId="77777777" w:rsidR="003B2E0D" w:rsidRPr="003B53BF" w:rsidRDefault="003B2E0D" w:rsidP="003B2E0D">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C26E1F" w:rsidRPr="003B53BF" w:rsidRDefault="00C26E1F" w:rsidP="00C26E1F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0E783F74" w14:textId="77777777" w:rsidR="00C26E1F" w:rsidRPr="003B53BF" w:rsidRDefault="00C26E1F" w:rsidP="00C26E1F">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="11016" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblCellMar>
         <w:top w:w="14" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1656"/>
       <w:gridCol w:w="7704"/>
       <w:gridCol w:w="1656"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidTr="00E01056">
+    <w:tr w:rsidR="00C26E1F" w:rsidRPr="00246527" w14:paraId="30732656" w14:textId="77777777" w:rsidTr="00E01056">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="009B31AF" w:rsidP="00850014">
+        <w:p w14:paraId="36270A3A" w14:textId="77777777" w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="009B31AF" w:rsidP="00850014">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>V5</w:t>
           </w:r>
           <w:r w:rsidR="004C2DBA">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>0</w:t>
           </w:r>
           <w:r w:rsidR="003B2E0D">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>a</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7704" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="00C26E1F" w:rsidP="00850014">
+        <w:p w14:paraId="12C018AF" w14:textId="77777777" w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="00C26E1F" w:rsidP="00850014">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="00046206" w:rsidP="009E1584">
+        <w:p w14:paraId="6E7F9B3B" w14:textId="0E620B1D" w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="003B7782" w:rsidP="009E1584">
           <w:pPr>
             <w:ind w:left="-108" w:firstLine="108"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>02/01</w:t>
+            <w:t>0</w:t>
           </w:r>
-          <w:r w:rsidR="003B2E0D">
+          <w:r w:rsidR="004935D6">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>/2016</w:t>
+            <w:t>5</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>/01/2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidTr="00E01056">
+    <w:tr w:rsidR="00C26E1F" w:rsidRPr="00246527" w14:paraId="598B617F" w14:textId="77777777" w:rsidTr="00E01056">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="00C26E1F" w:rsidP="00850014">
+        <w:p w14:paraId="4C928D7A" w14:textId="77777777" w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="00C26E1F" w:rsidP="00850014">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B059549" wp14:editId="403CDEEC">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2456AEAB" wp14:editId="2C77AE2A">
                 <wp:extent cx="222584" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                 <wp:docPr id="4" name="Picture 4" descr="wheelchair.TIF"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="wheelchair.TIF"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="222584" cy="228600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7704" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="00C26E1F" w:rsidP="00850014">
+        <w:p w14:paraId="2D4A722A" w14:textId="77777777" w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="00C26E1F" w:rsidP="00850014">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
@@ -2815,152 +2947,152 @@
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="004329AB">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="00C26E1F" w:rsidP="00850014">
+        <w:p w14:paraId="1C0A7DDE" w14:textId="77777777" w:rsidR="00C26E1F" w:rsidRPr="00246527" w:rsidRDefault="00C26E1F" w:rsidP="00850014">
           <w:pPr>
             <w:ind w:left="-108" w:firstLine="108"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A40CF8F" wp14:editId="23679A43">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06614526" wp14:editId="5CA665A5">
                 <wp:extent cx="216568" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="5" name="Picture 13" descr="fheo125.gif"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="fheo125.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="216568" cy="228600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00C26E1F" w:rsidRPr="003B53BF" w:rsidRDefault="00C26E1F" w:rsidP="00C26E1F">
+  <w:p w14:paraId="532839A6" w14:textId="77777777" w:rsidR="00C26E1F" w:rsidRPr="003B53BF" w:rsidRDefault="00C26E1F" w:rsidP="00C26E1F">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00173BA4" w:rsidRDefault="00173BA4" w:rsidP="004B18DF">
+    <w:p w14:paraId="0C7392F5" w14:textId="77777777" w:rsidR="00173BA4" w:rsidRDefault="00173BA4" w:rsidP="004B18DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00173BA4" w:rsidRDefault="00173BA4" w:rsidP="004B18DF">
+    <w:p w14:paraId="5CA37E55" w14:textId="77777777" w:rsidR="00173BA4" w:rsidRDefault="00173BA4" w:rsidP="004B18DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="005542C6" w:rsidRPr="005542C6" w:rsidRDefault="005542C6" w:rsidP="007E408E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="133947E4" w14:textId="77777777" w:rsidR="005542C6" w:rsidRPr="005542C6" w:rsidRDefault="005542C6" w:rsidP="007E408E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="120"/>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DFA3C7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CEECE4B2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3958,196 +4090,203 @@
   <w:num w:numId="5">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="70"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1221" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Ve5qD7piJtSTVrs8VgDZAjiUXtkMuJfyZeuDErO6L+2biZ5Wdy3lagadHTO0gfcfFwZXYi8JQi4ozi9wg8Cq7A==" w:salt="5hZjWVEPqIFs2qHH92DTTA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ELSOhvSDalQ397jmKKg64rj+vFhyhnCiFw+97TQRhM15+u/oiMyZm+vyPJ8D0pPvFrVod2wjxIqVyyoSEUYg1A==" w:salt="T6dvU6b5sRNiVNkpj1+I5w=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00812575"/>
+    <w:rsid w:val="00023B44"/>
     <w:rsid w:val="00046206"/>
     <w:rsid w:val="00060CC0"/>
     <w:rsid w:val="00060F10"/>
     <w:rsid w:val="00073263"/>
     <w:rsid w:val="0009286C"/>
     <w:rsid w:val="00107B74"/>
     <w:rsid w:val="00107D36"/>
     <w:rsid w:val="00114D7F"/>
     <w:rsid w:val="001443F6"/>
     <w:rsid w:val="00150210"/>
     <w:rsid w:val="00152E7A"/>
     <w:rsid w:val="00156561"/>
     <w:rsid w:val="00173BA4"/>
     <w:rsid w:val="001B202B"/>
     <w:rsid w:val="001D0E26"/>
     <w:rsid w:val="001D14B7"/>
     <w:rsid w:val="002008DD"/>
     <w:rsid w:val="00200D23"/>
     <w:rsid w:val="002118FC"/>
     <w:rsid w:val="002119A5"/>
     <w:rsid w:val="002171C3"/>
     <w:rsid w:val="0025620C"/>
     <w:rsid w:val="00256E50"/>
     <w:rsid w:val="002878EE"/>
     <w:rsid w:val="002B2A52"/>
     <w:rsid w:val="002C3DBB"/>
     <w:rsid w:val="002C584A"/>
     <w:rsid w:val="002E4A77"/>
     <w:rsid w:val="00322C82"/>
     <w:rsid w:val="003301B1"/>
     <w:rsid w:val="003338E6"/>
     <w:rsid w:val="003379AD"/>
     <w:rsid w:val="00342E88"/>
     <w:rsid w:val="00353557"/>
     <w:rsid w:val="003621D3"/>
     <w:rsid w:val="003728E1"/>
     <w:rsid w:val="00383B31"/>
     <w:rsid w:val="003842CE"/>
     <w:rsid w:val="003A73CC"/>
     <w:rsid w:val="003B2E0D"/>
     <w:rsid w:val="003B39A8"/>
+    <w:rsid w:val="003B7782"/>
     <w:rsid w:val="003C3AD8"/>
     <w:rsid w:val="003E1A36"/>
     <w:rsid w:val="003E1D6B"/>
     <w:rsid w:val="003F6EFA"/>
     <w:rsid w:val="004134CD"/>
     <w:rsid w:val="00420F13"/>
     <w:rsid w:val="00423A38"/>
     <w:rsid w:val="0043027E"/>
     <w:rsid w:val="004329AB"/>
     <w:rsid w:val="00436C0F"/>
     <w:rsid w:val="004435AC"/>
     <w:rsid w:val="00461E32"/>
     <w:rsid w:val="004633AA"/>
     <w:rsid w:val="00463505"/>
     <w:rsid w:val="00474008"/>
     <w:rsid w:val="00484862"/>
+    <w:rsid w:val="004935D6"/>
     <w:rsid w:val="00495474"/>
     <w:rsid w:val="004A1CEB"/>
     <w:rsid w:val="004B18DF"/>
     <w:rsid w:val="004C2DBA"/>
     <w:rsid w:val="004C3289"/>
     <w:rsid w:val="004D7130"/>
     <w:rsid w:val="004E3357"/>
     <w:rsid w:val="004F68E7"/>
     <w:rsid w:val="004F6EFC"/>
     <w:rsid w:val="0050183E"/>
     <w:rsid w:val="00505D7F"/>
     <w:rsid w:val="00521AE6"/>
     <w:rsid w:val="00531D77"/>
     <w:rsid w:val="005542C6"/>
     <w:rsid w:val="005600D5"/>
     <w:rsid w:val="005661BD"/>
     <w:rsid w:val="00573FEA"/>
     <w:rsid w:val="00586273"/>
     <w:rsid w:val="005B30C3"/>
     <w:rsid w:val="005C3DC6"/>
     <w:rsid w:val="005C62D0"/>
     <w:rsid w:val="005C649E"/>
     <w:rsid w:val="005D429A"/>
     <w:rsid w:val="005E651B"/>
     <w:rsid w:val="005F5F65"/>
     <w:rsid w:val="0063788C"/>
     <w:rsid w:val="006512B8"/>
     <w:rsid w:val="00667D6D"/>
     <w:rsid w:val="00673E64"/>
     <w:rsid w:val="006948DB"/>
     <w:rsid w:val="006A52E3"/>
     <w:rsid w:val="006D0DC5"/>
     <w:rsid w:val="006E3E0F"/>
     <w:rsid w:val="0071208E"/>
     <w:rsid w:val="00715339"/>
     <w:rsid w:val="0073262E"/>
     <w:rsid w:val="007359DE"/>
+    <w:rsid w:val="00755C2C"/>
     <w:rsid w:val="007666D6"/>
     <w:rsid w:val="00766CAA"/>
     <w:rsid w:val="007918BF"/>
     <w:rsid w:val="00796E7B"/>
     <w:rsid w:val="007A3FC4"/>
     <w:rsid w:val="007D1FAC"/>
     <w:rsid w:val="007E408E"/>
     <w:rsid w:val="007E5C4A"/>
     <w:rsid w:val="007F55F1"/>
     <w:rsid w:val="0080102C"/>
     <w:rsid w:val="008110FF"/>
     <w:rsid w:val="00812575"/>
     <w:rsid w:val="00845A85"/>
     <w:rsid w:val="00850122"/>
     <w:rsid w:val="00852542"/>
     <w:rsid w:val="00853B95"/>
     <w:rsid w:val="00855A30"/>
     <w:rsid w:val="00862BB9"/>
     <w:rsid w:val="0087129F"/>
     <w:rsid w:val="00872C0F"/>
     <w:rsid w:val="00872D0B"/>
+    <w:rsid w:val="00874568"/>
     <w:rsid w:val="008B3F08"/>
     <w:rsid w:val="008D0E77"/>
     <w:rsid w:val="008E645F"/>
     <w:rsid w:val="008F29BD"/>
     <w:rsid w:val="00906042"/>
     <w:rsid w:val="00950441"/>
     <w:rsid w:val="0096039A"/>
     <w:rsid w:val="00983430"/>
     <w:rsid w:val="00991D05"/>
     <w:rsid w:val="00992FAB"/>
     <w:rsid w:val="00994850"/>
     <w:rsid w:val="009B31AF"/>
     <w:rsid w:val="009B47C0"/>
     <w:rsid w:val="009E1584"/>
     <w:rsid w:val="009E3A9B"/>
     <w:rsid w:val="009E536E"/>
     <w:rsid w:val="009E6BCF"/>
     <w:rsid w:val="009F1F75"/>
     <w:rsid w:val="009F5C65"/>
     <w:rsid w:val="00A073EF"/>
     <w:rsid w:val="00A43674"/>
     <w:rsid w:val="00A51BBB"/>
     <w:rsid w:val="00A812E6"/>
     <w:rsid w:val="00A82D66"/>
     <w:rsid w:val="00AB3795"/>
@@ -4217,76 +4356,77 @@
     <w:rsid w:val="00F97E0B"/>
     <w:rsid w:val="00FA6361"/>
     <w:rsid w:val="00FA73CC"/>
     <w:rsid w:val="00FB1877"/>
     <w:rsid w:val="00FD4DB6"/>
     <w:rsid w:val="00FE6BD8"/>
     <w:rsid w:val="00FF5750"/>
     <w:rsid w:val="00FF7550"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="0082BFAF"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Garamond" w:cs="Times New Roman"/>
         <w:snapToGrid w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4614,50 +4754,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002B2A52"/>
     <w:rPr>
       <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="004B18DF"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:snapToGrid/>
       <w:color w:val="auto"/>
@@ -4875,51 +5020,51 @@
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:snapToGrid/>
       <w:color w:val="auto"/>
       <w:sz w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet/download_file/19952" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tiff"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5175,68 +5320,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>435</Words>
-  <Characters>2485</Characters>
+  <Words>440</Words>
+  <Characters>2508</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2915</CharactersWithSpaces>
+  <CharactersWithSpaces>2943</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>