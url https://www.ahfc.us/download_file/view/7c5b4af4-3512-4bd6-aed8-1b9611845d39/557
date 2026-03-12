--- v0 (2026-02-19)
+++ v1 (2026-03-12)
@@ -406,51 +406,51 @@
       <w:r w:rsidR="00E460BE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="005A045A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> each adult in the household will need to provide evidence of their most recent year’s income.  Acceptable documents include, and are not limited to: </w:t>
       </w:r>
       <w:r w:rsidR="008A2BAB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">an income certification und the Senior Access Program, </w:t>
       </w:r>
       <w:r w:rsidR="005A045A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">W-2, Tax Return, Bank Statement showing regularly deposited income, paystubs, etc.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347D3304" w14:textId="46952B30" w:rsidR="0033059A" w:rsidRPr="003C7640" w:rsidRDefault="004E0DA1" w:rsidP="003C7640">
+    <w:p w14:paraId="347D3304" w14:textId="5E7A87A1" w:rsidR="0033059A" w:rsidRPr="003C7640" w:rsidRDefault="004E0DA1" w:rsidP="003C7640">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Priorit</w:t>
       </w:r>
       <w:r w:rsidR="00E92291">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -482,51 +482,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> including persons w</w:t>
       </w:r>
       <w:r w:rsidR="00D55189">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ith disabilities, and those </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Socially Disadvantaged </w:t>
       </w:r>
       <w:r w:rsidR="00D47476">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">as defined by the Homeowner Assistance Fund Treasury Guidance </w:t>
       </w:r>
       <w:r w:rsidR="00216814">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Attachment I) </w:t>
+        <w:t xml:space="preserve">(Attachment </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90CAF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="00216814">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00D47476">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on page 2-3</w:t>
       </w:r>
       <w:r w:rsidR="00216814">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FE2E13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  The intent is to serve households in these priority populations first.  There is no preference between the priority populations.  Income is not a factor beyond meeting the minimum requirements.  </w:t>
       </w:r>
       <w:r w:rsidR="00D47476" w:rsidRPr="003C7640">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3377,51 +3389,51 @@
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:snapToGrid/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Instructions</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00E95EAD">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:snapToGrid/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> and Provisions</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="223BFF54" w14:textId="77777777" w:rsidR="00E95EAD" w:rsidRDefault="00E95EAD">
     <w:pPr>
       <w:ind w:left="0" w:right="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0B61109A" w14:textId="77777777" w:rsidR="00294A72" w:rsidRDefault="00294A72"/>
-  <w:p w14:paraId="7F81CBD2" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00D22D8B"/>
+  <w:p w14:paraId="7F81CBD2" w14:textId="77777777" w:rsidR="009F08A6" w:rsidRDefault="009F08A6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5B2FEE83" w14:textId="77777777" w:rsidR="00517597" w:rsidRDefault="00517597">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="591311A3" w14:textId="77777777" w:rsidR="00517597" w:rsidRDefault="00517597">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -7869,62 +7881,62 @@
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="27649"/>
+    <o:shapedefaults v:ext="edit" spidmax="29697"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00433C86"/>
     <w:rsid w:val="00014A56"/>
     <w:rsid w:val="00016D30"/>
     <w:rsid w:val="00020ABA"/>
     <w:rsid w:val="00023860"/>
     <w:rsid w:val="00027A84"/>
@@ -8215,50 +8227,51 @@
     <w:rsid w:val="008D605E"/>
     <w:rsid w:val="009065A7"/>
     <w:rsid w:val="009113AE"/>
     <w:rsid w:val="00911ACB"/>
     <w:rsid w:val="00920EBC"/>
     <w:rsid w:val="00927537"/>
     <w:rsid w:val="00951563"/>
     <w:rsid w:val="00954E82"/>
     <w:rsid w:val="00955FF9"/>
     <w:rsid w:val="00962F05"/>
     <w:rsid w:val="009677FF"/>
     <w:rsid w:val="00972D7A"/>
     <w:rsid w:val="009737BC"/>
     <w:rsid w:val="0097570F"/>
     <w:rsid w:val="00975890"/>
     <w:rsid w:val="00976ECC"/>
     <w:rsid w:val="00983554"/>
     <w:rsid w:val="00996D00"/>
     <w:rsid w:val="009A6C65"/>
     <w:rsid w:val="009B2DFC"/>
     <w:rsid w:val="009C2358"/>
     <w:rsid w:val="009C74A6"/>
     <w:rsid w:val="009D2F1F"/>
     <w:rsid w:val="009D6D20"/>
     <w:rsid w:val="009E28B0"/>
+    <w:rsid w:val="009F08A6"/>
     <w:rsid w:val="009F59D6"/>
     <w:rsid w:val="00A03865"/>
     <w:rsid w:val="00A0394A"/>
     <w:rsid w:val="00A0538D"/>
     <w:rsid w:val="00A05B1C"/>
     <w:rsid w:val="00A1274C"/>
     <w:rsid w:val="00A148FD"/>
     <w:rsid w:val="00A21FDB"/>
     <w:rsid w:val="00A26606"/>
     <w:rsid w:val="00A27160"/>
     <w:rsid w:val="00A27BD7"/>
     <w:rsid w:val="00A33F7C"/>
     <w:rsid w:val="00A36CA1"/>
     <w:rsid w:val="00A5287F"/>
     <w:rsid w:val="00A52C45"/>
     <w:rsid w:val="00A55599"/>
     <w:rsid w:val="00A65D4E"/>
     <w:rsid w:val="00A71464"/>
     <w:rsid w:val="00A71FD8"/>
     <w:rsid w:val="00A82B82"/>
     <w:rsid w:val="00A835B6"/>
     <w:rsid w:val="00AD18F2"/>
     <w:rsid w:val="00AD5879"/>
     <w:rsid w:val="00AD5B4F"/>
     <w:rsid w:val="00AD6797"/>
@@ -8352,50 +8365,51 @@
     <w:rsid w:val="00DD41B3"/>
     <w:rsid w:val="00DD4D15"/>
     <w:rsid w:val="00DE36A8"/>
     <w:rsid w:val="00DF016F"/>
     <w:rsid w:val="00DF0FC6"/>
     <w:rsid w:val="00DF5065"/>
     <w:rsid w:val="00E0292E"/>
     <w:rsid w:val="00E11CDB"/>
     <w:rsid w:val="00E15E25"/>
     <w:rsid w:val="00E3155A"/>
     <w:rsid w:val="00E36BFD"/>
     <w:rsid w:val="00E42F7A"/>
     <w:rsid w:val="00E43F5E"/>
     <w:rsid w:val="00E45E0E"/>
     <w:rsid w:val="00E460BE"/>
     <w:rsid w:val="00E47BCC"/>
     <w:rsid w:val="00E51B60"/>
     <w:rsid w:val="00E57B26"/>
     <w:rsid w:val="00E6635F"/>
     <w:rsid w:val="00E73A96"/>
     <w:rsid w:val="00E7522C"/>
     <w:rsid w:val="00E75F8C"/>
     <w:rsid w:val="00E760DC"/>
     <w:rsid w:val="00E761EE"/>
     <w:rsid w:val="00E807B3"/>
+    <w:rsid w:val="00E90CAF"/>
     <w:rsid w:val="00E92291"/>
     <w:rsid w:val="00E9527A"/>
     <w:rsid w:val="00E95EAD"/>
     <w:rsid w:val="00EA1C50"/>
     <w:rsid w:val="00EA44D9"/>
     <w:rsid w:val="00EA6093"/>
     <w:rsid w:val="00EB4491"/>
     <w:rsid w:val="00ED7F5A"/>
     <w:rsid w:val="00EE0666"/>
     <w:rsid w:val="00EE4F67"/>
     <w:rsid w:val="00EE768E"/>
     <w:rsid w:val="00EF6027"/>
     <w:rsid w:val="00F04BDD"/>
     <w:rsid w:val="00F0697B"/>
     <w:rsid w:val="00F11370"/>
     <w:rsid w:val="00F140D0"/>
     <w:rsid w:val="00F14942"/>
     <w:rsid w:val="00F206DF"/>
     <w:rsid w:val="00F21861"/>
     <w:rsid w:val="00F2401C"/>
     <w:rsid w:val="00F27985"/>
     <w:rsid w:val="00F27B5C"/>
     <w:rsid w:val="00F336BF"/>
     <w:rsid w:val="00F41804"/>
     <w:rsid w:val="00F47BC2"/>
@@ -8410,51 +8424,51 @@
     <w:rsid w:val="00FD24DC"/>
     <w:rsid w:val="00FD3A21"/>
     <w:rsid w:val="00FE2E13"/>
     <w:rsid w:val="00FF0BED"/>
     <w:rsid w:val="00FF100C"/>
     <w:rsid w:val="00FF1C8E"/>
     <w:rsid w:val="00FF7EBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="27649"/>
+    <o:shapedefaults v:ext="edit" spidmax="29697"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4063AD33"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9CFCF890-26D9-486C-96E9-7788B2F0A3DA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -10214,51 +10228,51 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FF7737B-9382-409E-A458-0B1A26ACD498}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1140</Words>
   <Characters>7006</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>58</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Alaska Housing Finance Corporation</Company>