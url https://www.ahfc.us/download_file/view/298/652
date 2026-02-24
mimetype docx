--- v0 (2025-10-21)
+++ v1 (2026-02-24)
@@ -1,2295 +1,1752 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="tiff" ContentType="image/tiff"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8610"/>
         <w:gridCol w:w="2190"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0088476D" w:rsidRPr="001B4EB4" w:rsidTr="00D372F6">
+      <w:tr w:rsidR="0088476D" w:rsidRPr="00C37719" w14:paraId="2156A8A9" w14:textId="77777777" w:rsidTr="00D372F6">
         <w:trPr>
           <w:trHeight w:val="1070"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0088476D" w:rsidRPr="00AD2391" w:rsidRDefault="0074468D" w:rsidP="00D372F6">
+          <w:p w14:paraId="2FCBE9A1" w14:textId="77777777" w:rsidR="0088476D" w:rsidRPr="00C37719" w:rsidRDefault="00736C98" w:rsidP="00D372F6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD2391">
+            <w:r w:rsidRPr="00C37719">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">Returning Home Program </w:t>
-[...7 lines deleted...]
-              <w:t>(TBRA)</w:t>
+              <w:t>Returning Home Program</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0088476D" w:rsidRPr="00AD2391" w:rsidRDefault="002272FC" w:rsidP="00D372F6">
+          <w:p w14:paraId="3CCEA180" w14:textId="77777777" w:rsidR="0088476D" w:rsidRPr="00C37719" w:rsidRDefault="00C37719" w:rsidP="00D372F6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD2391">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">DOC </w:t>
+              <w:t>Department of Corrections</w:t>
             </w:r>
-            <w:r w:rsidR="0088476D" w:rsidRPr="00AD2391">
+            <w:r w:rsidR="002272FC" w:rsidRPr="00C37719">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0088476D" w:rsidRPr="00C37719">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Eligibility Worksheet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0088476D" w:rsidRPr="001B4EB4" w:rsidRDefault="0088476D" w:rsidP="001728CA">
+          <w:p w14:paraId="5E16876F" w14:textId="77777777" w:rsidR="0088476D" w:rsidRPr="00C37719" w:rsidRDefault="0088476D" w:rsidP="001728CA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00AD2391">
+            <w:r w:rsidRPr="00C37719">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22A330AC" wp14:editId="698F0C0D">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24D2E4DF" wp14:editId="49A301A0">
                   <wp:extent cx="1371600" cy="914400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2" name="Picture 2" descr="ahfc_logo_large.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="ahfc_logo_large.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1371600" cy="914400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00092838" w:rsidRPr="001B4EB4" w:rsidTr="001728CA">
+      <w:tr w:rsidR="00092838" w:rsidRPr="00C37719" w14:paraId="3854BA0F" w14:textId="77777777" w:rsidTr="001728CA">
         <w:trPr>
           <w:trHeight w:val="440"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00092838" w:rsidRPr="001B4EB4" w:rsidRDefault="00092838" w:rsidP="001728CA">
+          <w:p w14:paraId="14910E20" w14:textId="77777777" w:rsidR="00092838" w:rsidRPr="00C37719" w:rsidRDefault="00092838" w:rsidP="001728CA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00092838" w:rsidRPr="001B4EB4" w:rsidRDefault="00092838" w:rsidP="001728CA"/>
+          <w:p w14:paraId="1BD793FB" w14:textId="77777777" w:rsidR="00092838" w:rsidRPr="00C37719" w:rsidRDefault="00092838" w:rsidP="001728CA"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00092838" w:rsidRPr="001B4EB4" w:rsidRDefault="00092838" w:rsidP="00092838"/>
-[...112 lines deleted...]
-    <w:p w:rsidR="0088476D" w:rsidRDefault="0088476D" w:rsidP="00092838">
+    <w:p w14:paraId="25729BEE" w14:textId="77777777" w:rsidR="00092838" w:rsidRPr="00C37719" w:rsidRDefault="00092838" w:rsidP="00092838"/>
+    <w:p w14:paraId="38D4C211" w14:textId="77777777" w:rsidR="0088476D" w:rsidRPr="00C37719" w:rsidRDefault="0088476D" w:rsidP="00092838">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C16FC" w:rsidRPr="001C16FC" w:rsidRDefault="001C16FC" w:rsidP="00092838">
+    <w:p w14:paraId="5525E063" w14:textId="77777777" w:rsidR="001C16FC" w:rsidRPr="00C37719" w:rsidRDefault="001C16FC" w:rsidP="00092838">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C16FC">
+      <w:r w:rsidRPr="00C37719">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t>Screening:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C16FC" w:rsidRDefault="001C16FC" w:rsidP="000F60E7">
+    <w:p w14:paraId="291E2A7B" w14:textId="77777777" w:rsidR="001C16FC" w:rsidRPr="00C37719" w:rsidRDefault="001C16FC" w:rsidP="000F60E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t>DOC may choose to exclude individuals with a conviction for arson, manufacturing or distributing methamphetamines, or sexual offenses.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9448" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="14" w:type="dxa"/>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="403"/>
         <w:gridCol w:w="403"/>
         <w:gridCol w:w="8642"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0088476D" w:rsidRPr="0088476D" w:rsidTr="0088476D">
+      <w:tr w:rsidR="0088476D" w:rsidRPr="00C37719" w14:paraId="32A6973E" w14:textId="77777777" w:rsidTr="0088476D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0088476D" w:rsidRPr="0088476D" w:rsidRDefault="0088476D" w:rsidP="00092838">
+          <w:p w14:paraId="05507579" w14:textId="77777777" w:rsidR="0088476D" w:rsidRPr="00C37719" w:rsidRDefault="0088476D" w:rsidP="00092838">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088476D">
+            <w:r w:rsidRPr="00C37719">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0088476D" w:rsidRPr="0088476D" w:rsidRDefault="0088476D" w:rsidP="00092838">
+          <w:p w14:paraId="7AB74CB0" w14:textId="77777777" w:rsidR="0088476D" w:rsidRPr="00C37719" w:rsidRDefault="0088476D" w:rsidP="00092838">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088476D">
+            <w:r w:rsidRPr="00C37719">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8642" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0088476D" w:rsidRPr="0088476D" w:rsidRDefault="0088476D" w:rsidP="001C16FC">
+          <w:p w14:paraId="650602CE" w14:textId="77777777" w:rsidR="0088476D" w:rsidRPr="00C37719" w:rsidRDefault="0088476D" w:rsidP="001C16FC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E2E69" w:rsidTr="006E2E69">
+      <w:tr w:rsidR="006E2E69" w:rsidRPr="00C37719" w14:paraId="79161501" w14:textId="77777777" w:rsidTr="006E2E69">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
+          <w:p w14:paraId="3C04E969" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
+          <w:p w14:paraId="237B2A5A" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00845E62">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8642" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
+          <w:p w14:paraId="471483EE" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C37719">
               <w:t>The family will lease in a TBRA service area (Anchorage, Fairbanks, Homer, Juneau, Ketchikan, Kodiak, Mat-Su Valley, Petersburg, Sitka, Soldotna/Kenai, Valdez, Wrangell).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E2E69" w:rsidTr="006E2E69">
+      <w:tr w:rsidR="006E2E69" w:rsidRPr="00C37719" w14:paraId="5842BC58" w14:textId="77777777" w:rsidTr="006E2E69">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
+          <w:p w14:paraId="5F30B582" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="002B5B33">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
+          <w:p w14:paraId="6AB016AA" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00845E62">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8642" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
+          <w:p w14:paraId="00625AD1" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="006D1AC9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>The returning citizen will remain under DOC supervision for a term of 12 months.</w:t>
+            <w:r w:rsidRPr="00C37719">
+              <w:t xml:space="preserve">The returning citizen </w:t>
+            </w:r>
+            <w:r w:rsidR="006D1AC9" w:rsidRPr="00C37719">
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C37719">
+              <w:t xml:space="preserve"> under </w:t>
+            </w:r>
+            <w:r w:rsidR="006D1AC9" w:rsidRPr="00C37719">
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C37719">
+              <w:t xml:space="preserve">DOC supervision </w:t>
+            </w:r>
+            <w:r w:rsidR="006D1AC9" w:rsidRPr="00C37719">
+              <w:t>requirement at the time of referral to AHFC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C37719">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E2E69" w:rsidTr="006E2E69">
+      <w:tr w:rsidR="006E2E69" w:rsidRPr="00C37719" w14:paraId="393D6C26" w14:textId="77777777" w:rsidTr="006E2E69">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
+          <w:p w14:paraId="1340738F" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="002B5B33">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
+          <w:p w14:paraId="2A9DF2EB" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00845E62">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8642" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
+          <w:p w14:paraId="087CDD2B" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="00AD2391">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>The family’s gross annual income is at or below 60 percent of area median income (</w:t>
+            <w:r w:rsidRPr="00C37719">
+              <w:t xml:space="preserve">No </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...8 lines deleted...]
-              <w:t>). The final determination will be made by AHFC.</w:t>
+            <w:r w:rsidR="0074468D" w:rsidRPr="00C37719">
+              <w:t xml:space="preserve">adult </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C37719">
+              <w:t xml:space="preserve">in this household is subject to a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C37719">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>lifetime</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C37719">
+              <w:t xml:space="preserve"> registration requirement on a sex offender registry.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E2E69" w:rsidTr="006E2E69">
+      <w:tr w:rsidR="006E2E69" w:rsidRPr="00C37719" w14:paraId="0E116084" w14:textId="77777777" w:rsidTr="006E2E69">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
+          <w:p w14:paraId="046ACA1F" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="002B5B33">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
+          <w:p w14:paraId="0FD8B259" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00845E62">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8642" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2E69" w:rsidRPr="00AD2391" w:rsidRDefault="006E2E69" w:rsidP="00AD2391">
+          <w:p w14:paraId="073EC4D2" w14:textId="77777777" w:rsidR="006E2E69" w:rsidRPr="00C37719" w:rsidRDefault="006E2E69" w:rsidP="006E2E69">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r w:rsidRPr="00AD2391">
-[...113 lines deleted...]
-              <w:t>has ever been convicted of drug-related criminal activity for manufacture or production of methamphetamine on the premises of federally assisted housing.</w:t>
+            <w:r w:rsidRPr="00C37719">
+              <w:t>No person in this household has ever been convicted of drug-related criminal activity for manufacture or production of methamphetamine on the premises of federally assisted housing.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0088476D" w:rsidRDefault="001C16FC" w:rsidP="00092838">
+    <w:p w14:paraId="4BB07295" w14:textId="77777777" w:rsidR="0088476D" w:rsidRPr="00C37719" w:rsidRDefault="001C16FC" w:rsidP="00092838">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Probation and Parole, for further direction.</w:t>
+      <w:r w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">If “Yes” to all above, proceed. If “No” to any of the above, contact </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1AC9" w:rsidRPr="00C37719">
+        <w:t>your supervisor or region chief</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37719">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C16FC" w:rsidRDefault="001C16FC" w:rsidP="00092838">
+    <w:p w14:paraId="4B2894AC" w14:textId="77777777" w:rsidR="001C16FC" w:rsidRPr="00C37719" w:rsidRDefault="001C16FC" w:rsidP="00092838">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C16FC" w:rsidRDefault="001C16FC" w:rsidP="00092838">
+    <w:p w14:paraId="6EDC5C74" w14:textId="77777777" w:rsidR="001C16FC" w:rsidRPr="00C37719" w:rsidRDefault="001C16FC" w:rsidP="00092838">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t xml:space="preserve">Prepare </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0C24">
+      <w:r w:rsidR="00FC0C24" w:rsidRPr="00C37719">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t xml:space="preserve">and Submit </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t>Packet:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C16FC" w:rsidRDefault="001C16FC" w:rsidP="001C16FC">
-      <w:r>
+    <w:p w14:paraId="16D3C368" w14:textId="1A4500BC" w:rsidR="001C16FC" w:rsidRPr="00C37719" w:rsidRDefault="001C16FC" w:rsidP="001C16FC">
+      <w:r w:rsidRPr="00C37719">
         <w:t>All forms are available at the local AHFC office or AHFC’</w:t>
       </w:r>
-      <w:r w:rsidR="00AA49CB">
-[...3 lines deleted...]
-        <w:r w:rsidR="0074468D" w:rsidRPr="005918EA">
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">s web page for </w:t>
+      </w:r>
+      <w:r w:rsidR="001B74C9" w:rsidRPr="00C37719">
+        <w:t>Partner Applications</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="006D1AC9" w:rsidRPr="00C37719">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://www.ahfc.us/homelessness/assistance-grants/tenant-based-rental-assistance/</w:t>
+          <w:t>https://www.ahfc.us/tenants/rental-programs/applications</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00AA49CB">
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
         <w:t xml:space="preserve">). Completed packets </w:t>
       </w:r>
-      <w:r w:rsidR="00F06CB9">
+      <w:r w:rsidR="00F06CB9" w:rsidRPr="00C37719">
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidR="00AA49CB">
-        <w:t xml:space="preserve"> submitted to the DOC TBRA Selection Committee.</w:t>
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve"> submitted </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1AC9" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">directly to AHFC, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B71">
+        <w:t xml:space="preserve">Serene Boyland </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1AC9" w:rsidRPr="00C37719">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B71">
+        <w:t>sboyland@ahfc.us).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA49CB" w:rsidRPr="00AD2391" w:rsidRDefault="0074468D" w:rsidP="00AA49CB">
-[...105 lines deleted...]
-    <w:p w:rsidR="00AA49CB" w:rsidRDefault="00AA49CB" w:rsidP="00AA49CB">
+    <w:p w14:paraId="54FC2A99" w14:textId="77777777" w:rsidR="00AA49CB" w:rsidRPr="00C37719" w:rsidRDefault="00AA49CB" w:rsidP="00AA49CB"/>
+    <w:p w14:paraId="68FB03CD" w14:textId="77777777" w:rsidR="00AA49CB" w:rsidRPr="00C37719" w:rsidRDefault="00AA49CB" w:rsidP="00AA49CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t>Selection and Referral:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA49CB" w:rsidRDefault="00AA49CB" w:rsidP="00AA49CB">
-[...9 lines deleted...]
-      <w:r w:rsidR="00F06CB9">
+    <w:p w14:paraId="00CDAF9C" w14:textId="7FFF5F43" w:rsidR="00AA49CB" w:rsidRPr="00C37719" w:rsidRDefault="006D1AC9" w:rsidP="00AA49CB">
+      <w:r w:rsidRPr="00C37719">
+        <w:t>Applications</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06CB9" w:rsidRPr="00C37719">
         <w:t>are</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F06CB9">
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve"> forwarded </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37719">
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve"> AHFC</w:t>
+      </w:r>
+      <w:r w:rsidR="00F06CB9" w:rsidRPr="00C37719">
         <w:t>’s Central Office</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F06CB9">
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06CB9" w:rsidRPr="00C37719">
         <w:t>local</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
         <w:t xml:space="preserve"> AHFC office for processing. </w:t>
       </w:r>
-      <w:r w:rsidR="00F06CB9">
+      <w:r w:rsidR="00F06CB9" w:rsidRPr="00C37719">
         <w:t xml:space="preserve">The local </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
         <w:t xml:space="preserve">AHFC </w:t>
       </w:r>
-      <w:r w:rsidR="00F06CB9">
+      <w:r w:rsidR="00F06CB9" w:rsidRPr="00C37719">
         <w:t xml:space="preserve">office </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> DOC can choose to attend, or not attend, this appointment.</w:t>
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
+        <w:t>will contact the applicant family to</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B71">
+        <w:t xml:space="preserve"> give a deadline to complete the electronic eligib</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B71" w:rsidRPr="00C37719">
+        <w:t>ility</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B71">
+        <w:t>s screening</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA49CB" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F06CB9" w:rsidRDefault="00F06CB9">
+    <w:p w14:paraId="6DD6A8DE" w14:textId="77777777" w:rsidR="00F06CB9" w:rsidRPr="00C37719" w:rsidRDefault="00F06CB9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00AA49CB" w:rsidRDefault="00AA49CB" w:rsidP="00AA49CB">
+    <w:p w14:paraId="5F194B80" w14:textId="77777777" w:rsidR="00AA49CB" w:rsidRPr="00C37719" w:rsidRDefault="00AA49CB" w:rsidP="00AA49CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Eligibility:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F60E7" w:rsidRDefault="000F60E7" w:rsidP="000F60E7">
+    <w:p w14:paraId="687266CF" w14:textId="77777777" w:rsidR="000F60E7" w:rsidRPr="00C37719" w:rsidRDefault="000F60E7" w:rsidP="000F60E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
+      <w:r w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">AHFC will screen each household to determine if a debt is owed due to prior housing assistance participation. AHFC may negotiate a payment agreement with a family to enable them to participate in </w:t>
+      </w:r>
+      <w:r w:rsidR="001B74C9" w:rsidRPr="00C37719">
+        <w:t>Returning Home</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37719">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DEEFF7" w14:textId="77777777" w:rsidR="006D1AC9" w:rsidRPr="00C37719" w:rsidRDefault="006D1AC9">
+      <w:r w:rsidRPr="00C37719">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA88544" w14:textId="0E38E981" w:rsidR="00952155" w:rsidRPr="00C37719" w:rsidRDefault="000E0B71" w:rsidP="00AA49CB">
       <w:r>
-        <w:t>AHFC will screen each household to determine if a debt is owed due to prior housing assistance participation. AHFC may negotiate a payment agreement with a family to enable them to participate in TBRA.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">During the eligibility process, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952155" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">AHFC collects all relevant family information to make a final eligibility determination. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C224CE" w:rsidRPr="00C37719">
+        <w:t>Family d</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15E15" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">ocumentation should be current or dated within 60 days of the interview appointment date. </w:t>
+      </w:r>
+      <w:r w:rsidR="00952155" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">Families need to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C224CE" w:rsidRPr="00C37719">
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidR="00952155" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve"> the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F60E7" w:rsidRDefault="000F60E7" w:rsidP="00AA49CB"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="00952155" w:rsidRDefault="00952155" w:rsidP="002F7B4F">
+    <w:p w14:paraId="720D2D75" w14:textId="77777777" w:rsidR="00AA49CB" w:rsidRPr="00C37719" w:rsidRDefault="00AA49CB" w:rsidP="00AA49CB"/>
+    <w:p w14:paraId="7E95E4B3" w14:textId="77777777" w:rsidR="00952155" w:rsidRPr="00C37719" w:rsidRDefault="00952155" w:rsidP="002F7B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t xml:space="preserve">Proof of </w:t>
       </w:r>
-      <w:r w:rsidR="00E15E15">
+      <w:r w:rsidR="00E15E15" w:rsidRPr="00C37719">
         <w:t>S</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
-      <w:r w:rsidR="00E15E15">
+      <w:r w:rsidR="00E15E15" w:rsidRPr="00C37719">
         <w:t>S</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t xml:space="preserve">ecurity </w:t>
       </w:r>
-      <w:r w:rsidR="00E15E15">
+      <w:r w:rsidR="00E15E15" w:rsidRPr="00C37719">
         <w:t>N</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t>umber for all household members</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00952155" w:rsidRDefault="00952155" w:rsidP="00514B49">
+    <w:p w14:paraId="5773A954" w14:textId="77777777" w:rsidR="00952155" w:rsidRPr="00C37719" w:rsidRDefault="00952155" w:rsidP="00514B49">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t>Picture identification for all household members 18 years of age and older</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E15E15" w:rsidRDefault="00E15E15" w:rsidP="00514B49">
+    <w:p w14:paraId="0B33D090" w14:textId="77777777" w:rsidR="00E15E15" w:rsidRPr="00C37719" w:rsidRDefault="00E15E15" w:rsidP="00514B49">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t>Proof of age for all household members 62 years of age and older</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00952155" w:rsidRDefault="00952155" w:rsidP="00514B49">
+    <w:p w14:paraId="5DD4DE01" w14:textId="77777777" w:rsidR="00952155" w:rsidRPr="00C37719" w:rsidRDefault="00952155" w:rsidP="00514B49">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t>Proof of birth/custody for all household members 17 years of age and younger</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00952155" w:rsidRDefault="00952155" w:rsidP="00514B49">
+    <w:p w14:paraId="4A55C752" w14:textId="77777777" w:rsidR="00952155" w:rsidRPr="00C37719" w:rsidRDefault="00952155" w:rsidP="00514B49">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t>Proof of citizenship status for any household member claim</w:t>
       </w:r>
-      <w:r w:rsidR="00E15E15">
+      <w:r w:rsidR="00E15E15" w:rsidRPr="00C37719">
         <w:t>ing eligible, noncitizen status</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E15E15" w:rsidRDefault="00E15E15" w:rsidP="00514B49">
+    <w:p w14:paraId="57CC7166" w14:textId="77777777" w:rsidR="00E15E15" w:rsidRPr="00C37719" w:rsidRDefault="00E15E15" w:rsidP="00514B49">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t xml:space="preserve">Proof for all income sources – this includes </w:t>
       </w:r>
-      <w:r w:rsidR="00C224CE">
+      <w:r w:rsidR="00C224CE" w:rsidRPr="00C37719">
         <w:t>earned (wages, self-employment, etc.) and</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t xml:space="preserve"> unearned income (Social Security, ATAP/TANF, Child Support, Unemployment, Veteran’s benefits, etc.). Documentation </w:t>
       </w:r>
-      <w:r w:rsidR="00C224CE">
+      <w:r w:rsidR="00C224CE" w:rsidRPr="00C37719">
         <w:t>must</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t xml:space="preserve"> show the full amount received each period (day, month, week)</w:t>
       </w:r>
-      <w:r w:rsidR="00C224CE">
+      <w:r w:rsidR="00C224CE" w:rsidRPr="00C37719">
         <w:t xml:space="preserve"> and should cover two to three months of payments</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E15E15" w:rsidRDefault="00E15E15" w:rsidP="00514B49">
+    <w:p w14:paraId="5B4BEF1F" w14:textId="77777777" w:rsidR="000E0B71" w:rsidRDefault="00E15E15" w:rsidP="000E0B71">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C37719">
         <w:t>Proof for all asset sources – this includes checking, savings, money markets, stocks, bonds, trust funds, retirement pensions, IRAs or 401Ks, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E15E15" w:rsidRDefault="00E15E15" w:rsidP="00514B49">
+    <w:p w14:paraId="68516BAE" w14:textId="113B72F3" w:rsidR="00E15E15" w:rsidRPr="00C37719" w:rsidRDefault="00E15E15" w:rsidP="000E0B71">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
-        <w:t>Proof for allowable deductions – expenses must be out-of-pocket (not reimbursed) and paid by the family (not what is owed)</w:t>
+      <w:r w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">Full-time enrollment status for any household member </w:t>
+      </w:r>
+      <w:r w:rsidR="006E2ABC" w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">(persons 18 years of age and older) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">claiming student status </w:t>
+      </w:r>
+      <w:r w:rsidR="00C224CE" w:rsidRPr="00C37719">
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37719">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B71">
+        <w:t xml:space="preserve"> post-secondary ins</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2ABC" w:rsidRPr="00C37719">
+        <w:t>titution</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B71">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E15E15" w:rsidRDefault="00E15E15" w:rsidP="00514B49">
-[...124 lines deleted...]
-    <w:p w:rsidR="002C614A" w:rsidRDefault="002C614A" w:rsidP="002C614A">
+    <w:p w14:paraId="41999B8E" w14:textId="77777777" w:rsidR="000E0B71" w:rsidRDefault="000E0B71" w:rsidP="002C614A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="134AB45D" w14:textId="733489DB" w:rsidR="002C614A" w:rsidRPr="00C37719" w:rsidRDefault="006D1AC9" w:rsidP="002C614A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
-        <w:t>Coupon Receipt:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C37719">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+        </w:rPr>
+        <w:t>Voucher</w:t>
+      </w:r>
+      <w:r w:rsidR="002C614A" w:rsidRPr="00C37719">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Receipt:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C614A" w:rsidRDefault="002C614A" w:rsidP="002C614A">
-[...1 lines deleted...]
-        <w:t>If a family is determined eligible, AHFC issues a coupon with a family budget (shopping guidelines) so that the family can select a unit to rent in the community. The family receives an initial period of 30 days to select a unit. Two additional 30-day periods are available if the family needs additional time to shop for a unit.</w:t>
+    <w:p w14:paraId="33F604F0" w14:textId="7C096F81" w:rsidR="002C614A" w:rsidRDefault="002C614A" w:rsidP="002C614A">
+      <w:r w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">If a family is determined eligible, AHFC issues a </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1AC9" w:rsidRPr="00C37719">
+        <w:t>voucher</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37719">
+        <w:t xml:space="preserve"> with a family budget (shopping guidelines) so that the family can select a unit to rent in the community. The family receives an initial period of </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B71">
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">0 days to select a unit. </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B71">
+        <w:t>Extensions of 90</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37719">
+        <w:t xml:space="preserve">day periods </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B71">
+        <w:t xml:space="preserve">may be </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B71" w:rsidRPr="00C37719">
+        <w:t>available</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37719">
+        <w:t xml:space="preserve"> if the family needs additional time to shop for a unit.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00514B49" w:rsidRDefault="00514B49" w:rsidP="002C614A"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+    <w:p w14:paraId="00284B06" w14:textId="77777777" w:rsidR="00514B49" w:rsidRPr="001B74C9" w:rsidRDefault="00514B49" w:rsidP="002C614A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00514B49" w:rsidRPr="001B74C9" w:rsidSect="00514B49">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EF2F64" w:rsidRDefault="00EF2F64">
+    <w:p w14:paraId="5A9290AD" w14:textId="77777777" w:rsidR="005A4793" w:rsidRDefault="005A4793">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EF2F64" w:rsidRDefault="00EF2F64">
+    <w:p w14:paraId="7A9134C7" w14:textId="77777777" w:rsidR="005A4793" w:rsidRDefault="005A4793">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
+    <w:altName w:val="Franklin Gothic"/>
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (W1)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Demi">
     <w:panose1 w:val="020B0703020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004A1446" w:rsidRPr="003B53BF" w:rsidRDefault="004A1446" w:rsidP="004A1446">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="11672B94" w14:textId="77777777" w:rsidR="004A1446" w:rsidRPr="003B53BF" w:rsidRDefault="004A1446" w:rsidP="004A1446">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="11016" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblCellMar>
         <w:top w:w="14" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1656"/>
       <w:gridCol w:w="7704"/>
       <w:gridCol w:w="1656"/>
     </w:tblGrid>
-    <w:tr w:rsidR="004A1446" w:rsidRPr="00246527" w:rsidTr="0088033D">
+    <w:tr w:rsidR="004A1446" w:rsidRPr="00246527" w14:paraId="591FB5C0" w14:textId="77777777" w:rsidTr="0088033D">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="004A1446" w:rsidRPr="00246527" w:rsidRDefault="00514B49" w:rsidP="00EB4D4E">
+        <w:p w14:paraId="3DFF8975" w14:textId="77777777" w:rsidR="004A1446" w:rsidRPr="00246527" w:rsidRDefault="002B6F1F" w:rsidP="00EB4D4E">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>TBRA31</w:t>
+            <w:t>TB3</w:t>
+          </w:r>
+          <w:r w:rsidR="00514B49">
+            <w:rPr>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>1</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7704" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="004A1446" w:rsidRPr="00246527" w:rsidRDefault="00246527" w:rsidP="00EB4D4E">
+        <w:p w14:paraId="0F492C4B" w14:textId="77777777" w:rsidR="004A1446" w:rsidRPr="00246527" w:rsidRDefault="00246527" w:rsidP="00EB4D4E">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00541EF3">
+          <w:r w:rsidR="000C6E65">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> of </w:t>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES  \# "0" \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00541EF3">
+          <w:r w:rsidR="000C6E65">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="004A1446" w:rsidRPr="00246527" w:rsidRDefault="00AD2391" w:rsidP="00EB4D4E">
+        <w:p w14:paraId="0534E41C" w14:textId="529644D3" w:rsidR="004A1446" w:rsidRPr="00246527" w:rsidRDefault="000E0B71" w:rsidP="00EB4D4E">
           <w:pPr>
             <w:ind w:left="-108" w:firstLine="108"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>01/23</w:t>
-[...6 lines deleted...]
-            <w:t>/2018</w:t>
+            <w:t>12/01/2024</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="004A1446" w:rsidRPr="003B53BF" w:rsidRDefault="004A1446" w:rsidP="004A1446">
+  <w:p w14:paraId="308C6DB4" w14:textId="77777777" w:rsidR="004A1446" w:rsidRPr="003B53BF" w:rsidRDefault="004A1446" w:rsidP="004A1446">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00246527" w:rsidRPr="003B53BF" w:rsidRDefault="00246527" w:rsidP="00246527">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7D27414C" w14:textId="77777777" w:rsidR="00246527" w:rsidRPr="003B53BF" w:rsidRDefault="00246527" w:rsidP="00246527">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="11016" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblCellMar>
         <w:top w:w="14" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1656"/>
       <w:gridCol w:w="7704"/>
       <w:gridCol w:w="1656"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00246527" w:rsidRPr="00246527" w:rsidTr="0088033D">
+    <w:tr w:rsidR="00246527" w:rsidRPr="00246527" w14:paraId="0BEBEBEA" w14:textId="77777777" w:rsidTr="0088033D">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="00514B49" w:rsidP="00CB09D4">
+        <w:p w14:paraId="6600EA08" w14:textId="77777777" w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="002B6F1F" w:rsidP="00CB09D4">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>TBRA31</w:t>
+            <w:t>TB3</w:t>
+          </w:r>
+          <w:r w:rsidR="00514B49">
+            <w:rPr>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>1</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7704" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="00246527" w:rsidP="00CB09D4">
+        <w:p w14:paraId="4C1F24A0" w14:textId="77777777" w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="00246527" w:rsidP="00CB09D4">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="2A55AC"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="00AD2391" w:rsidP="00240650">
+        <w:p w14:paraId="61CCE14B" w14:textId="324C1723" w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="000E0B71" w:rsidP="00240650">
           <w:pPr>
             <w:ind w:left="-108" w:firstLine="108"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>01/23</w:t>
-[...6 lines deleted...]
-            <w:t>/2018</w:t>
+            <w:t>12/01/2024</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00246527" w:rsidRPr="00246527" w:rsidTr="0088033D">
+    <w:tr w:rsidR="00246527" w:rsidRPr="00246527" w14:paraId="17BFB5F3" w14:textId="77777777" w:rsidTr="0088033D">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="00246527" w:rsidP="00CB09D4">
+        <w:p w14:paraId="74C63889" w14:textId="77777777" w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="00246527" w:rsidP="00CB09D4">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C2C22C1" wp14:editId="043E1D7C">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6060443E" wp14:editId="6826F5BB">
                 <wp:extent cx="222584" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                 <wp:docPr id="7" name="Picture 7" descr="wheelchair.TIF"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="wheelchair.TIF"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="222584" cy="228600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7704" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="00246527" w:rsidP="00CB09D4">
+        <w:p w14:paraId="7373D960" w14:textId="77777777" w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="00246527" w:rsidP="00CB09D4">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00541EF3">
+          <w:r w:rsidR="000C6E65">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> of </w:t>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES  \# "0" \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00541EF3">
+          <w:r w:rsidR="000C6E65">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1656" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="00246527" w:rsidP="00CB09D4">
+        <w:p w14:paraId="3E673096" w14:textId="77777777" w:rsidR="00246527" w:rsidRPr="00246527" w:rsidRDefault="00246527" w:rsidP="00CB09D4">
           <w:pPr>
             <w:ind w:left="-108" w:firstLine="108"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00246527">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4102F9DB" wp14:editId="2A380BDE">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39AE06C3" wp14:editId="64463C08">
                 <wp:extent cx="216568" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="8" name="Picture 13" descr="fheo125.gif"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="fheo125.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="216568" cy="228600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00246527" w:rsidRPr="003B53BF" w:rsidRDefault="00246527" w:rsidP="00246527">
+  <w:p w14:paraId="30B3DB62" w14:textId="77777777" w:rsidR="00246527" w:rsidRPr="003B53BF" w:rsidRDefault="00246527" w:rsidP="00246527">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EF2F64" w:rsidRDefault="00EF2F64">
+    <w:p w14:paraId="0D822B59" w14:textId="77777777" w:rsidR="005A4793" w:rsidRDefault="005A4793">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EF2F64" w:rsidRDefault="00EF2F64">
+    <w:p w14:paraId="1BDB5403" w14:textId="77777777" w:rsidR="005A4793" w:rsidRDefault="005A4793">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00076340" w:rsidRPr="00AB0B17" w:rsidRDefault="00076340" w:rsidP="00246527">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="11E3A501" w14:textId="77777777" w:rsidR="00076340" w:rsidRPr="00AB0B17" w:rsidRDefault="00076340" w:rsidP="00246527">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:before="720"/>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0414172A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5C04860"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -6435,268 +5892,280 @@
   <w:num w:numId="41">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="43">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="42"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="YpeBKnpelqRlG2lePzmZfYKcHgPDFmWqvJ7dCSe1Tpt+7HVMiXdpF7ODvn+DXbHWmeYPj0tIyLkI12udJY5JcA==" w:salt="4VOvkytB7M9r9REFJPO/Vw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mV6hZMpnUR9nT0T0Yr2Xq/hFvyJoN2ponQdSKiMAiSQlmkcb/1+D2riud65OSTuX/ywGsJ4ZP4KyOgbDeMx3bg==" w:salt="tK/WlQ9wDPtcbpgSnhc5aw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005302C7"/>
     <w:rsid w:val="00001552"/>
     <w:rsid w:val="00002DB4"/>
     <w:rsid w:val="00005D04"/>
     <w:rsid w:val="0001340B"/>
     <w:rsid w:val="00014775"/>
     <w:rsid w:val="00040371"/>
     <w:rsid w:val="00063CAF"/>
     <w:rsid w:val="000670C3"/>
     <w:rsid w:val="00072E60"/>
     <w:rsid w:val="00074166"/>
     <w:rsid w:val="00076340"/>
     <w:rsid w:val="0008089C"/>
     <w:rsid w:val="00092838"/>
     <w:rsid w:val="00093B19"/>
     <w:rsid w:val="000A5E4E"/>
     <w:rsid w:val="000A6865"/>
     <w:rsid w:val="000B3E59"/>
     <w:rsid w:val="000B5F31"/>
     <w:rsid w:val="000C0D82"/>
     <w:rsid w:val="000C420D"/>
+    <w:rsid w:val="000C6E65"/>
     <w:rsid w:val="000D2DC5"/>
     <w:rsid w:val="000D3058"/>
     <w:rsid w:val="000D56CB"/>
     <w:rsid w:val="000E0546"/>
+    <w:rsid w:val="000E0B71"/>
     <w:rsid w:val="000F136E"/>
     <w:rsid w:val="000F60E7"/>
     <w:rsid w:val="00105EBA"/>
     <w:rsid w:val="00106C39"/>
     <w:rsid w:val="001134E1"/>
     <w:rsid w:val="00122D8D"/>
     <w:rsid w:val="00123FD8"/>
     <w:rsid w:val="00126F86"/>
     <w:rsid w:val="00130D37"/>
     <w:rsid w:val="00135904"/>
     <w:rsid w:val="00137308"/>
     <w:rsid w:val="00141236"/>
     <w:rsid w:val="00146B54"/>
     <w:rsid w:val="0014793F"/>
     <w:rsid w:val="00153C4E"/>
     <w:rsid w:val="00156B80"/>
     <w:rsid w:val="00173261"/>
     <w:rsid w:val="0018182A"/>
     <w:rsid w:val="00184CA2"/>
     <w:rsid w:val="00190D9A"/>
     <w:rsid w:val="00193C7F"/>
     <w:rsid w:val="001B1DA3"/>
     <w:rsid w:val="001B1DB8"/>
     <w:rsid w:val="001B4695"/>
+    <w:rsid w:val="001B74C9"/>
     <w:rsid w:val="001C16FC"/>
     <w:rsid w:val="001C5443"/>
     <w:rsid w:val="001D759F"/>
     <w:rsid w:val="001E19C5"/>
     <w:rsid w:val="001E3178"/>
     <w:rsid w:val="001E35D4"/>
     <w:rsid w:val="00216204"/>
     <w:rsid w:val="00223B87"/>
     <w:rsid w:val="0022556C"/>
     <w:rsid w:val="00225E3E"/>
     <w:rsid w:val="002272FC"/>
     <w:rsid w:val="00230DB8"/>
     <w:rsid w:val="0023130C"/>
     <w:rsid w:val="00234BA8"/>
     <w:rsid w:val="00240650"/>
     <w:rsid w:val="00246527"/>
     <w:rsid w:val="0025720C"/>
     <w:rsid w:val="002630F8"/>
+    <w:rsid w:val="0026471A"/>
     <w:rsid w:val="002743BD"/>
     <w:rsid w:val="00277317"/>
     <w:rsid w:val="002903DC"/>
     <w:rsid w:val="002A0040"/>
     <w:rsid w:val="002A0F74"/>
     <w:rsid w:val="002A2D41"/>
     <w:rsid w:val="002A3507"/>
     <w:rsid w:val="002B12D2"/>
+    <w:rsid w:val="002B6F1F"/>
     <w:rsid w:val="002C614A"/>
     <w:rsid w:val="002D1CA7"/>
     <w:rsid w:val="002D1E2F"/>
     <w:rsid w:val="002D2260"/>
     <w:rsid w:val="002D56A4"/>
     <w:rsid w:val="002E6220"/>
     <w:rsid w:val="002F506E"/>
     <w:rsid w:val="002F7B4F"/>
     <w:rsid w:val="0030248B"/>
     <w:rsid w:val="00304F52"/>
     <w:rsid w:val="00306E50"/>
     <w:rsid w:val="003100FA"/>
     <w:rsid w:val="00312562"/>
     <w:rsid w:val="0031304F"/>
     <w:rsid w:val="00314216"/>
     <w:rsid w:val="00316095"/>
     <w:rsid w:val="00320051"/>
+    <w:rsid w:val="00321D89"/>
     <w:rsid w:val="003248F0"/>
     <w:rsid w:val="0032515E"/>
     <w:rsid w:val="00337627"/>
     <w:rsid w:val="00343E8D"/>
     <w:rsid w:val="0034708F"/>
     <w:rsid w:val="00355E98"/>
     <w:rsid w:val="003651F7"/>
     <w:rsid w:val="003757CB"/>
     <w:rsid w:val="003759BC"/>
     <w:rsid w:val="00381433"/>
     <w:rsid w:val="00387804"/>
     <w:rsid w:val="0039540D"/>
     <w:rsid w:val="003A403A"/>
     <w:rsid w:val="003A41EC"/>
     <w:rsid w:val="003E0618"/>
     <w:rsid w:val="003F0F30"/>
     <w:rsid w:val="00403509"/>
     <w:rsid w:val="00414599"/>
     <w:rsid w:val="004152BF"/>
     <w:rsid w:val="004205CB"/>
     <w:rsid w:val="00430072"/>
     <w:rsid w:val="00435A57"/>
     <w:rsid w:val="00441AC2"/>
     <w:rsid w:val="00460BBF"/>
     <w:rsid w:val="00467B17"/>
     <w:rsid w:val="00471451"/>
     <w:rsid w:val="0048289B"/>
     <w:rsid w:val="004829F9"/>
     <w:rsid w:val="00484902"/>
     <w:rsid w:val="004954F4"/>
     <w:rsid w:val="004A1446"/>
     <w:rsid w:val="004A6BC3"/>
     <w:rsid w:val="004B2839"/>
     <w:rsid w:val="004B4A56"/>
     <w:rsid w:val="004B6D9C"/>
     <w:rsid w:val="004C3EAB"/>
     <w:rsid w:val="004C7716"/>
+    <w:rsid w:val="004D1567"/>
     <w:rsid w:val="004F1B3A"/>
     <w:rsid w:val="004F41A7"/>
     <w:rsid w:val="00503AF2"/>
     <w:rsid w:val="0050577F"/>
     <w:rsid w:val="00506661"/>
     <w:rsid w:val="00506983"/>
     <w:rsid w:val="00514B49"/>
     <w:rsid w:val="005223D3"/>
     <w:rsid w:val="00526C35"/>
     <w:rsid w:val="005302C7"/>
     <w:rsid w:val="00531C1E"/>
     <w:rsid w:val="00536BC8"/>
     <w:rsid w:val="00541EF3"/>
     <w:rsid w:val="005574FB"/>
     <w:rsid w:val="00566523"/>
     <w:rsid w:val="0056700F"/>
     <w:rsid w:val="00573C51"/>
     <w:rsid w:val="0057560F"/>
     <w:rsid w:val="00577D07"/>
     <w:rsid w:val="00580223"/>
     <w:rsid w:val="00580C51"/>
     <w:rsid w:val="00585ACC"/>
     <w:rsid w:val="00586E7A"/>
     <w:rsid w:val="00590005"/>
+    <w:rsid w:val="005A4793"/>
     <w:rsid w:val="005A53D5"/>
     <w:rsid w:val="005A58DC"/>
     <w:rsid w:val="005B596E"/>
     <w:rsid w:val="005C2B97"/>
     <w:rsid w:val="005D3116"/>
     <w:rsid w:val="005E0FC2"/>
     <w:rsid w:val="005E78DC"/>
     <w:rsid w:val="005F779F"/>
     <w:rsid w:val="00601511"/>
     <w:rsid w:val="00612906"/>
     <w:rsid w:val="00635C26"/>
     <w:rsid w:val="0064250D"/>
     <w:rsid w:val="00644B81"/>
     <w:rsid w:val="00647880"/>
     <w:rsid w:val="00653943"/>
     <w:rsid w:val="006579E2"/>
     <w:rsid w:val="00671228"/>
     <w:rsid w:val="00677E72"/>
     <w:rsid w:val="006B0989"/>
     <w:rsid w:val="006C4E77"/>
     <w:rsid w:val="006C5B2F"/>
+    <w:rsid w:val="006D1AC9"/>
     <w:rsid w:val="006E1377"/>
     <w:rsid w:val="006E2227"/>
     <w:rsid w:val="006E2ABC"/>
     <w:rsid w:val="006E2E69"/>
     <w:rsid w:val="006F28B6"/>
     <w:rsid w:val="006F4482"/>
     <w:rsid w:val="006F4945"/>
     <w:rsid w:val="006F4B69"/>
     <w:rsid w:val="0070236A"/>
     <w:rsid w:val="007036AA"/>
     <w:rsid w:val="007229C4"/>
     <w:rsid w:val="007257CE"/>
     <w:rsid w:val="00725B38"/>
     <w:rsid w:val="007358B4"/>
+    <w:rsid w:val="00736C98"/>
     <w:rsid w:val="0074468D"/>
     <w:rsid w:val="00744D82"/>
     <w:rsid w:val="00754A71"/>
     <w:rsid w:val="00756CF9"/>
     <w:rsid w:val="00757812"/>
     <w:rsid w:val="00764954"/>
     <w:rsid w:val="00793093"/>
     <w:rsid w:val="00797328"/>
     <w:rsid w:val="007A4A89"/>
     <w:rsid w:val="007C696C"/>
     <w:rsid w:val="007E5BB5"/>
     <w:rsid w:val="007F1C91"/>
     <w:rsid w:val="007F4C2C"/>
     <w:rsid w:val="007F7550"/>
     <w:rsid w:val="00805111"/>
     <w:rsid w:val="0085145B"/>
     <w:rsid w:val="0085309F"/>
     <w:rsid w:val="008767D2"/>
     <w:rsid w:val="0088033D"/>
     <w:rsid w:val="00882D6C"/>
     <w:rsid w:val="0088476D"/>
     <w:rsid w:val="0089386D"/>
     <w:rsid w:val="00894ECA"/>
     <w:rsid w:val="00897407"/>
     <w:rsid w:val="008A6A17"/>
@@ -6770,62 +6239,64 @@
     <w:rsid w:val="00B453F3"/>
     <w:rsid w:val="00B461CA"/>
     <w:rsid w:val="00B46BD2"/>
     <w:rsid w:val="00B518CE"/>
     <w:rsid w:val="00B51EA6"/>
     <w:rsid w:val="00B66972"/>
     <w:rsid w:val="00B70EA3"/>
     <w:rsid w:val="00B77ACD"/>
     <w:rsid w:val="00B804DA"/>
     <w:rsid w:val="00B90A69"/>
     <w:rsid w:val="00B929A3"/>
     <w:rsid w:val="00B94219"/>
     <w:rsid w:val="00BA4BCF"/>
     <w:rsid w:val="00BB0212"/>
     <w:rsid w:val="00BB03C8"/>
     <w:rsid w:val="00BB665E"/>
     <w:rsid w:val="00BB6B7B"/>
     <w:rsid w:val="00BD02CC"/>
     <w:rsid w:val="00BE17BA"/>
     <w:rsid w:val="00BF31D6"/>
     <w:rsid w:val="00C01264"/>
     <w:rsid w:val="00C053EE"/>
     <w:rsid w:val="00C203C4"/>
     <w:rsid w:val="00C224CE"/>
     <w:rsid w:val="00C24F15"/>
+    <w:rsid w:val="00C37719"/>
     <w:rsid w:val="00C57E31"/>
     <w:rsid w:val="00C63F2B"/>
     <w:rsid w:val="00C70D07"/>
     <w:rsid w:val="00C7142E"/>
     <w:rsid w:val="00C72214"/>
     <w:rsid w:val="00C806A9"/>
     <w:rsid w:val="00C818FD"/>
     <w:rsid w:val="00C9108F"/>
     <w:rsid w:val="00C945B0"/>
     <w:rsid w:val="00C96566"/>
     <w:rsid w:val="00CA18B2"/>
     <w:rsid w:val="00CA3AE4"/>
+    <w:rsid w:val="00CA3F2A"/>
     <w:rsid w:val="00CA5240"/>
     <w:rsid w:val="00CB2C90"/>
     <w:rsid w:val="00CB4987"/>
     <w:rsid w:val="00CC3661"/>
     <w:rsid w:val="00CC3EA2"/>
     <w:rsid w:val="00CC6166"/>
     <w:rsid w:val="00CC6829"/>
     <w:rsid w:val="00CD03F5"/>
     <w:rsid w:val="00CE20B2"/>
     <w:rsid w:val="00CE3C4A"/>
     <w:rsid w:val="00CE702F"/>
     <w:rsid w:val="00CF1D3C"/>
     <w:rsid w:val="00CF4EAB"/>
     <w:rsid w:val="00D03D60"/>
     <w:rsid w:val="00D06D85"/>
     <w:rsid w:val="00D174BC"/>
     <w:rsid w:val="00D210B8"/>
     <w:rsid w:val="00D23567"/>
     <w:rsid w:val="00D252F9"/>
     <w:rsid w:val="00D31B94"/>
     <w:rsid w:val="00D372F6"/>
     <w:rsid w:val="00D41842"/>
     <w:rsid w:val="00D62FA2"/>
     <w:rsid w:val="00D66FDC"/>
     <w:rsid w:val="00D67F56"/>
@@ -6838,120 +6309,122 @@
     <w:rsid w:val="00DA4996"/>
     <w:rsid w:val="00DB7A14"/>
     <w:rsid w:val="00DC4168"/>
     <w:rsid w:val="00DD47FF"/>
     <w:rsid w:val="00DD5114"/>
     <w:rsid w:val="00DE093E"/>
     <w:rsid w:val="00DF3711"/>
     <w:rsid w:val="00DF6162"/>
     <w:rsid w:val="00E07862"/>
     <w:rsid w:val="00E10854"/>
     <w:rsid w:val="00E14550"/>
     <w:rsid w:val="00E15E15"/>
     <w:rsid w:val="00E174DA"/>
     <w:rsid w:val="00E2260B"/>
     <w:rsid w:val="00E31D75"/>
     <w:rsid w:val="00E34AB3"/>
     <w:rsid w:val="00E41B37"/>
     <w:rsid w:val="00E42A8A"/>
     <w:rsid w:val="00E9198E"/>
     <w:rsid w:val="00EB1057"/>
     <w:rsid w:val="00EC20C5"/>
     <w:rsid w:val="00EC44B7"/>
     <w:rsid w:val="00EC6761"/>
     <w:rsid w:val="00ED58DE"/>
     <w:rsid w:val="00ED71C0"/>
+    <w:rsid w:val="00EE47B8"/>
     <w:rsid w:val="00EE6FB8"/>
     <w:rsid w:val="00EF290D"/>
     <w:rsid w:val="00EF2F64"/>
     <w:rsid w:val="00F000F8"/>
     <w:rsid w:val="00F06CB9"/>
     <w:rsid w:val="00F07457"/>
     <w:rsid w:val="00F11E1D"/>
     <w:rsid w:val="00F3068B"/>
     <w:rsid w:val="00F36606"/>
     <w:rsid w:val="00F44D41"/>
     <w:rsid w:val="00F51433"/>
     <w:rsid w:val="00F61760"/>
     <w:rsid w:val="00F66102"/>
     <w:rsid w:val="00F664DA"/>
     <w:rsid w:val="00F71C8A"/>
     <w:rsid w:val="00F8560F"/>
     <w:rsid w:val="00F95E01"/>
     <w:rsid w:val="00FA32B8"/>
     <w:rsid w:val="00FA35DD"/>
     <w:rsid w:val="00FA364F"/>
     <w:rsid w:val="00FA3F3E"/>
     <w:rsid w:val="00FB11F2"/>
     <w:rsid w:val="00FB43D4"/>
     <w:rsid w:val="00FB6A33"/>
     <w:rsid w:val="00FC0C24"/>
     <w:rsid w:val="00FC730B"/>
     <w:rsid w:val="00FF1494"/>
     <w:rsid w:val="00FF1C1C"/>
     <w:rsid w:val="00FF23E8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="61822645"/>
   <w15:docId w15:val="{A60C94DB-8D12-4A98-AC39-538453F5DB48}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7013,98 +6486,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -7279,50 +6748,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006E1377"/>
     <w:rPr>
       <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DA100F"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
@@ -7559,87 +7033,87 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C16FC"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0074468D"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1500461054">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1709060261">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huduser.gov/portal/datasets/il.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahfc.us/homelessness/assistance-grants/tenant-based-rental-assistance/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahfc.us/tenants/rental-programs/applications" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tiff"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7887,78 +7361,78 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>767</Words>
-  <Characters>4372</Characters>
+  <Words>485</Words>
+  <Characters>2818</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Notice of Informal Hearing</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Alaska Housing Finance Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5129</CharactersWithSpaces>
+  <CharactersWithSpaces>3297</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Notice of Informal Hearing</dc:title>
   <dc:creator>pstantor@ahfc.us</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>-105046743</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>