--- v0 (2025-10-22)
+++ v1 (2026-01-14)
@@ -1,122 +1,148 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ahfc\DFS\Planning\Program Administration\RPH\1 - Status\ProductionSummary\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA7B2F7F-EEB0-41F2-8317-D7C908ED329A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{66B9F412-4D64-4092-A95A-3F9F1E304BE0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-26580" yWindow="2700" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J160" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="I160" i="1"/>
+  <c r="R171" i="1" l="1"/>
+  <c r="Q171" i="1"/>
+  <c r="R170" i="1"/>
+  <c r="Q170" i="1"/>
+  <c r="R169" i="1"/>
+  <c r="Q169" i="1"/>
+  <c r="R168" i="1"/>
+  <c r="Q168" i="1"/>
+  <c r="R167" i="1"/>
+  <c r="Q167" i="1"/>
+  <c r="R166" i="1"/>
+  <c r="Q166" i="1"/>
+  <c r="R165" i="1"/>
+  <c r="Q165" i="1"/>
+  <c r="R164" i="1"/>
+  <c r="Q164" i="1"/>
+  <c r="R163" i="1"/>
+  <c r="Q163" i="1"/>
+  <c r="R162" i="1"/>
+  <c r="Q162" i="1"/>
+  <c r="R161" i="1"/>
+  <c r="Q161" i="1"/>
+  <c r="R160" i="1"/>
+  <c r="Q160" i="1"/>
+  <c r="J172" i="1" l="1"/>
+  <c r="K172" i="1"/>
+  <c r="L172" i="1"/>
+  <c r="M172" i="1"/>
+  <c r="N172" i="1"/>
+  <c r="I172" i="1"/>
   <c r="Q159" i="1"/>
   <c r="Q158" i="1"/>
   <c r="Q157" i="1"/>
   <c r="Q156" i="1"/>
   <c r="Q155" i="1"/>
   <c r="Q154" i="1"/>
   <c r="Q153" i="1"/>
   <c r="Q152" i="1"/>
   <c r="Q151" i="1"/>
-  <c r="R162" i="1" l="1"/>
+  <c r="R174" i="1" l="1"/>
   <c r="Q145" i="1"/>
   <c r="Q148" i="1"/>
   <c r="Q147" i="1"/>
   <c r="Q149" i="1"/>
   <c r="Q150" i="1"/>
   <c r="Q146" i="1"/>
   <c r="Q144" i="1" l="1"/>
-  <c r="P161" i="1" l="1"/>
+  <c r="P173" i="1" l="1"/>
   <c r="Q134" i="1"/>
   <c r="Q135" i="1"/>
   <c r="Q136" i="1"/>
   <c r="Q137" i="1"/>
   <c r="Q138" i="1"/>
   <c r="Q139" i="1"/>
   <c r="Q140" i="1"/>
   <c r="Q141" i="1"/>
   <c r="Q142" i="1"/>
   <c r="Q143" i="1"/>
   <c r="Q133" i="1"/>
-  <c r="P162" i="1" l="1"/>
-  <c r="R161" i="1"/>
+  <c r="P174" i="1" l="1"/>
+  <c r="R173" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1126" uniqueCount="383">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1210" uniqueCount="407">
   <si>
     <t>AHFC</t>
   </si>
   <si>
     <t>Construction</t>
   </si>
   <si>
     <t xml:space="preserve"> THP-13-BSS-1</t>
   </si>
   <si>
     <t>Lake and Peninsula School District</t>
   </si>
   <si>
     <t>THP-21-YKS-1</t>
   </si>
   <si>
     <t>THP-21-BSS-1</t>
   </si>
   <si>
     <t>THP-21-NAB-1</t>
   </si>
   <si>
     <t>THP-21-LPS-1</t>
   </si>
   <si>
@@ -1220,68 +1246,141 @@
   <si>
     <t>THP-19-NAB-1</t>
   </si>
   <si>
     <t>THP-19-YKS-1</t>
   </si>
   <si>
     <t>THP-20-NAB-1</t>
   </si>
   <si>
     <t>Nome Public Schools</t>
   </si>
   <si>
     <t>THP-20-NPS-1</t>
   </si>
   <si>
     <t>THP-20-BSS-1</t>
   </si>
   <si>
     <t>THP-20-BSS-2</t>
   </si>
   <si>
     <t>THP-20-YKS-1</t>
   </si>
   <si>
-    <t>Updated 7/3/2025</t>
+    <t>Healy Lake Village Council</t>
+  </si>
+  <si>
+    <t>Kokhanok Village Council</t>
+  </si>
+  <si>
+    <t>Galena Louden Tribe</t>
+  </si>
+  <si>
+    <t>Yukon Kuskokwim School District</t>
+  </si>
+  <si>
+    <t>City of Unalakleet</t>
+  </si>
+  <si>
+    <t>Cross Road Health Ministries</t>
+  </si>
+  <si>
+    <t>Kuskokwim Public Broadcasting Corporation</t>
+  </si>
+  <si>
+    <t>RPH-26-HLV-1</t>
+  </si>
+  <si>
+    <t>RPH-26-KVC-1</t>
+  </si>
+  <si>
+    <t>RPH-26-HIA-1</t>
+  </si>
+  <si>
+    <t>RPH-26-RPC-1</t>
+  </si>
+  <si>
+    <t>RPH-26-GLT-1</t>
+  </si>
+  <si>
+    <t>RPH-26-GSD-1</t>
+  </si>
+  <si>
+    <t>RPH-26-YKS-1</t>
+  </si>
+  <si>
+    <t>RPH-26-TCC-1</t>
+  </si>
+  <si>
+    <t>RPH-26-NAB-1</t>
+  </si>
+  <si>
+    <t>RPH-26-COU-1</t>
+  </si>
+  <si>
+    <t>RPH-26-CRM-1</t>
+  </si>
+  <si>
+    <t>RPH-26-KPB-1</t>
+  </si>
+  <si>
+    <t>Healy Lake</t>
+  </si>
+  <si>
+    <t>Kokhonok</t>
+  </si>
+  <si>
+    <t>Emmonak</t>
+  </si>
+  <si>
+    <t>Noatak, Buckland, Kivalina</t>
+  </si>
+  <si>
+    <t>McGrath</t>
+  </si>
+  <si>
+    <t>Updated 1/6/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="8">
+  <numFmts count="9">
+    <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="\$#,##0"/>
     <numFmt numFmtId="165" formatCode="\$0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="167" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="169" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="5"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1322,72 +1421,90 @@
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF515559"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0" tint="-0.34998626667073579"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="5">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -1397,57 +1514,71 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="91">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1599,76 +1730,131 @@
     </xf>
     <xf numFmtId="169" fontId="9" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="12" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="3" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="169" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="10" fillId="3" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="168" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="10" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="15" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="10" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="10" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="1" fontId="6" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
+    <cellStyle name="Accent6" xfId="3" builtinId="49"/>
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1971,90 +2157,90 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:S167"/>
+  <dimension ref="A1:S179"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I4" sqref="I4"/>
+      <selection pane="bottomLeft" activeCell="A172" sqref="A172:B172"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="16.1640625" style="11" customWidth="1"/>
     <col min="4" max="4" width="17.1640625" style="11" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="27.33203125" style="11" customWidth="1"/>
+    <col min="5" max="5" width="57.5" style="11" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.1640625" style="11" customWidth="1"/>
     <col min="7" max="7" width="22" style="11" customWidth="1"/>
     <col min="8" max="8" width="22.83203125" style="11" customWidth="1"/>
     <col min="9" max="9" width="22.33203125" style="11" customWidth="1"/>
     <col min="10" max="10" width="21.5" style="11" customWidth="1"/>
     <col min="11" max="11" width="16.1640625" style="11" customWidth="1"/>
     <col min="12" max="12" width="23.1640625" style="11" customWidth="1"/>
     <col min="13" max="13" width="18.33203125" style="11" customWidth="1"/>
     <col min="14" max="14" width="16.1640625" style="11" customWidth="1"/>
     <col min="15" max="15" width="23.1640625" style="11" customWidth="1"/>
     <col min="16" max="18" width="16.1640625" style="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="2" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="71" t="s">
+      <c r="A1" s="84" t="s">
         <v>84</v>
       </c>
-      <c r="B1" s="72"/>
-[...9 lines deleted...]
-      <c r="J1" s="72"/>
+      <c r="B1" s="85"/>
+      <c r="C1" s="85"/>
+      <c r="D1" s="85"/>
+      <c r="E1" s="85"/>
+      <c r="F1" s="85"/>
+      <c r="G1" s="85"/>
+      <c r="H1" s="85"/>
+      <c r="I1" s="85" t="s">
+        <v>406</v>
+      </c>
+      <c r="J1" s="85"/>
       <c r="K1" s="8"/>
       <c r="L1" s="8"/>
       <c r="M1" s="8"/>
       <c r="N1" s="8"/>
       <c r="O1" s="8"/>
       <c r="P1" s="8"/>
       <c r="Q1" s="8"/>
       <c r="R1" s="9"/>
     </row>
     <row r="2" spans="1:18" s="2" customFormat="1" ht="47.25" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>36</v>
       </c>
@@ -2076,51 +2262,51 @@
       <c r="K2" s="3" t="s">
         <v>42</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>43</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>46</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>44</v>
       </c>
       <c r="P2" s="17" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="3" t="s">
         <v>45</v>
       </c>
       <c r="R2" s="3" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="18">
         <v>1</v>
       </c>
       <c r="B3" s="18">
         <v>2004</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D3" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="19" t="s">
         <v>57</v>
       </c>
       <c r="F3" s="19" t="s">
         <v>133</v>
       </c>
       <c r="G3" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H3" s="19" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="20">
@@ -2188,51 +2374,51 @@
       <c r="K4" s="20">
         <v>702795</v>
       </c>
       <c r="L4" s="20">
         <v>469184</v>
       </c>
       <c r="M4" s="20">
         <v>1638150</v>
       </c>
       <c r="N4" s="18">
         <v>12</v>
       </c>
       <c r="O4" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P4" s="21">
         <v>10752</v>
       </c>
       <c r="Q4" s="22">
         <v>218</v>
       </c>
       <c r="R4" s="22">
         <v>195079</v>
       </c>
     </row>
-    <row r="5" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A5" s="18">
         <v>3</v>
       </c>
       <c r="B5" s="18">
         <v>2004</v>
       </c>
       <c r="C5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D5" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="19" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="19" t="s">
         <v>138</v>
       </c>
       <c r="G5" s="19"/>
       <c r="H5" s="19" t="s">
         <v>76</v>
       </c>
       <c r="I5" s="20">
         <v>5300000</v>
       </c>
@@ -2242,51 +2428,51 @@
       <c r="K5" s="20">
         <v>2245999</v>
       </c>
       <c r="L5" s="20">
         <v>2304000</v>
       </c>
       <c r="M5" s="20">
         <v>2969776</v>
       </c>
       <c r="N5" s="18">
         <v>18</v>
       </c>
       <c r="O5" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P5" s="21">
         <v>22200</v>
       </c>
       <c r="Q5" s="22">
         <v>235</v>
       </c>
       <c r="R5" s="22">
         <v>289765</v>
       </c>
     </row>
-    <row r="6" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A6" s="18">
         <v>4</v>
       </c>
       <c r="B6" s="18">
         <v>2004</v>
       </c>
       <c r="C6" s="19" t="s">
         <v>135</v>
       </c>
       <c r="D6" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="19" t="s">
         <v>139</v>
       </c>
       <c r="F6" s="19" t="s">
         <v>140</v>
       </c>
       <c r="G6" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H6" s="19" t="s">
         <v>102</v>
       </c>
       <c r="I6" s="20">
@@ -2298,51 +2484,51 @@
       <c r="K6" s="20">
         <v>509600</v>
       </c>
       <c r="L6" s="20">
         <v>409350</v>
       </c>
       <c r="M6" s="20">
         <v>2106635</v>
       </c>
       <c r="N6" s="18">
         <v>10</v>
       </c>
       <c r="O6" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P6" s="21">
         <v>8500</v>
       </c>
       <c r="Q6" s="22">
         <v>308</v>
       </c>
       <c r="R6" s="22">
         <v>261624</v>
       </c>
     </row>
-    <row r="7" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A7" s="23">
         <v>5</v>
       </c>
       <c r="B7" s="23">
         <v>2005</v>
       </c>
       <c r="C7" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D7" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="24" t="s">
         <v>57</v>
       </c>
       <c r="F7" s="24" t="s">
         <v>141</v>
       </c>
       <c r="G7" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H7" s="24" t="s">
         <v>142</v>
       </c>
       <c r="I7" s="25">
@@ -2354,51 +2540,51 @@
       <c r="K7" s="25">
         <v>278718</v>
       </c>
       <c r="L7" s="25">
         <v>362305</v>
       </c>
       <c r="M7" s="25">
         <v>592670</v>
       </c>
       <c r="N7" s="23">
         <v>4</v>
       </c>
       <c r="O7" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P7" s="26">
         <v>3808</v>
       </c>
       <c r="Q7" s="27">
         <v>229</v>
       </c>
       <c r="R7" s="27">
         <v>217847</v>
       </c>
     </row>
-    <row r="8" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A8" s="23">
         <v>6</v>
       </c>
       <c r="B8" s="23">
         <v>2005</v>
       </c>
       <c r="C8" s="24" t="s">
         <v>135</v>
       </c>
       <c r="D8" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="24" t="s">
         <v>143</v>
       </c>
       <c r="F8" s="24" t="s">
         <v>144</v>
       </c>
       <c r="G8" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H8" s="24" t="s">
         <v>145</v>
       </c>
       <c r="I8" s="25">
@@ -2410,51 +2596,51 @@
       <c r="K8" s="25">
         <v>352874</v>
       </c>
       <c r="L8" s="25">
         <v>318205</v>
       </c>
       <c r="M8" s="25">
         <v>235000</v>
       </c>
       <c r="N8" s="23">
         <v>2</v>
       </c>
       <c r="O8" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P8" s="26">
         <v>2584</v>
       </c>
       <c r="Q8" s="27">
         <v>228</v>
       </c>
       <c r="R8" s="27">
         <v>293937</v>
       </c>
     </row>
-    <row r="9" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A9" s="23">
         <v>7</v>
       </c>
       <c r="B9" s="23">
         <v>2005</v>
       </c>
       <c r="C9" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D9" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="24" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="24" t="s">
         <v>146</v>
       </c>
       <c r="G9" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H9" s="24" t="s">
         <v>147</v>
       </c>
       <c r="I9" s="25">
@@ -2466,51 +2652,51 @@
       <c r="K9" s="25">
         <v>1208681</v>
       </c>
       <c r="L9" s="25">
         <v>1039302</v>
       </c>
       <c r="M9" s="25">
         <v>1384000</v>
       </c>
       <c r="N9" s="23">
         <v>8</v>
       </c>
       <c r="O9" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P9" s="26">
         <v>10752</v>
       </c>
       <c r="Q9" s="27">
         <v>241</v>
       </c>
       <c r="R9" s="27">
         <v>324085</v>
       </c>
     </row>
-    <row r="10" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A10" s="23">
         <v>8</v>
       </c>
       <c r="B10" s="23">
         <v>2005</v>
       </c>
       <c r="C10" s="24" t="s">
         <v>135</v>
       </c>
       <c r="D10" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="24" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="24" t="s">
         <v>148</v>
       </c>
       <c r="G10" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H10" s="24" t="s">
         <v>149</v>
       </c>
       <c r="I10" s="25">
@@ -2522,51 +2708,51 @@
       <c r="K10" s="25">
         <v>452624</v>
       </c>
       <c r="L10" s="25">
         <v>410548</v>
       </c>
       <c r="M10" s="25">
         <v>308285</v>
       </c>
       <c r="N10" s="23">
         <v>6</v>
       </c>
       <c r="O10" s="24" t="s">
         <v>105</v>
       </c>
       <c r="P10" s="26">
         <v>6144</v>
       </c>
       <c r="Q10" s="27">
         <v>124</v>
       </c>
       <c r="R10" s="27">
         <v>126818</v>
       </c>
     </row>
-    <row r="11" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A11" s="23">
         <v>9</v>
       </c>
       <c r="B11" s="23">
         <v>2005</v>
       </c>
       <c r="C11" s="24" t="s">
         <v>135</v>
       </c>
       <c r="D11" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="24" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="24" t="s">
         <v>150</v>
       </c>
       <c r="G11" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H11" s="24" t="s">
         <v>151</v>
       </c>
       <c r="I11" s="25">
@@ -3194,51 +3380,51 @@
       <c r="K22" s="25">
         <v>502782</v>
       </c>
       <c r="L22" s="25">
         <v>136503</v>
       </c>
       <c r="M22" s="25">
         <v>452056</v>
       </c>
       <c r="N22" s="23">
         <v>2</v>
       </c>
       <c r="O22" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P22" s="26">
         <v>2220</v>
       </c>
       <c r="Q22" s="27">
         <v>430</v>
       </c>
       <c r="R22" s="27">
         <v>477419</v>
       </c>
     </row>
-    <row r="23" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A23" s="23">
         <v>21</v>
       </c>
       <c r="B23" s="23">
         <v>2007</v>
       </c>
       <c r="C23" s="24" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="24" t="s">
         <v>180</v>
       </c>
       <c r="F23" s="24" t="s">
         <v>181</v>
       </c>
       <c r="G23" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H23" s="24" t="s">
         <v>182</v>
       </c>
       <c r="I23" s="25">
@@ -3250,51 +3436,51 @@
       <c r="K23" s="25">
         <v>1266316</v>
       </c>
       <c r="L23" s="25">
         <v>342603</v>
       </c>
       <c r="M23" s="25">
         <v>1871336</v>
       </c>
       <c r="N23" s="23">
         <v>8</v>
       </c>
       <c r="O23" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P23" s="26">
         <v>8374</v>
       </c>
       <c r="Q23" s="27">
         <v>375</v>
       </c>
       <c r="R23" s="27">
         <v>392207</v>
       </c>
     </row>
-    <row r="24" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A24" s="23">
         <v>22</v>
       </c>
       <c r="B24" s="23">
         <v>2007</v>
       </c>
       <c r="C24" s="24" t="s">
         <v>135</v>
       </c>
       <c r="D24" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="24" t="s">
         <v>183</v>
       </c>
       <c r="F24" s="24" t="s">
         <v>184</v>
       </c>
       <c r="G24" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H24" s="24" t="s">
         <v>75</v>
       </c>
       <c r="I24" s="25">
@@ -3304,51 +3490,51 @@
         <v>218339</v>
       </c>
       <c r="K24" s="25">
         <v>118339</v>
       </c>
       <c r="L24" s="28">
         <v>0</v>
       </c>
       <c r="M24" s="25">
         <v>100000</v>
       </c>
       <c r="N24" s="23">
         <v>5</v>
       </c>
       <c r="O24" s="24" t="s">
         <v>105</v>
       </c>
       <c r="P24" s="24"/>
       <c r="Q24" s="29" t="s">
         <v>185</v>
       </c>
       <c r="R24" s="27">
         <v>43668</v>
       </c>
     </row>
-    <row r="25" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A25" s="23">
         <v>23</v>
       </c>
       <c r="B25" s="23">
         <v>2007</v>
       </c>
       <c r="C25" s="24" t="s">
         <v>135</v>
       </c>
       <c r="D25" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="24" t="s">
         <v>183</v>
       </c>
       <c r="F25" s="24" t="s">
         <v>186</v>
       </c>
       <c r="G25" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H25" s="24" t="s">
         <v>187</v>
       </c>
       <c r="I25" s="25">
@@ -4310,51 +4496,51 @@
       <c r="K42" s="20">
         <v>36655</v>
       </c>
       <c r="L42" s="20">
         <v>85178</v>
       </c>
       <c r="M42" s="20">
         <v>484845</v>
       </c>
       <c r="N42" s="18">
         <v>2</v>
       </c>
       <c r="O42" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P42" s="21">
         <v>1904</v>
       </c>
       <c r="Q42" s="22">
         <v>274</v>
       </c>
       <c r="R42" s="22">
         <v>260750</v>
       </c>
     </row>
-    <row r="43" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A43" s="18">
         <v>41</v>
       </c>
       <c r="B43" s="18">
         <v>2008</v>
       </c>
       <c r="C43" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D43" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="19" t="s">
         <v>160</v>
       </c>
       <c r="F43" s="19" t="s">
         <v>224</v>
       </c>
       <c r="G43" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H43" s="19" t="s">
         <v>225</v>
       </c>
       <c r="I43" s="20">
@@ -4366,51 +4552,51 @@
       <c r="K43" s="20">
         <v>6114</v>
       </c>
       <c r="L43" s="20">
         <v>85178</v>
       </c>
       <c r="M43" s="20">
         <v>478037</v>
       </c>
       <c r="N43" s="18">
         <v>2</v>
       </c>
       <c r="O43" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P43" s="21">
         <v>1904</v>
       </c>
       <c r="Q43" s="22">
         <v>254</v>
       </c>
       <c r="R43" s="22">
         <v>242076</v>
       </c>
     </row>
-    <row r="44" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A44" s="23">
         <v>42</v>
       </c>
       <c r="B44" s="23">
         <v>2009</v>
       </c>
       <c r="C44" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D44" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="24" t="s">
         <v>226</v>
       </c>
       <c r="F44" s="24" t="s">
         <v>227</v>
       </c>
       <c r="G44" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H44" s="24" t="s">
         <v>228</v>
       </c>
       <c r="I44" s="25">
@@ -4478,51 +4664,51 @@
       <c r="K45" s="25">
         <v>112799</v>
       </c>
       <c r="L45" s="28">
         <v>0</v>
       </c>
       <c r="M45" s="25">
         <v>719563</v>
       </c>
       <c r="N45" s="23">
         <v>3</v>
       </c>
       <c r="O45" s="24" t="s">
         <v>105</v>
       </c>
       <c r="P45" s="26">
         <v>3480</v>
       </c>
       <c r="Q45" s="27">
         <v>239</v>
       </c>
       <c r="R45" s="27">
         <v>277454</v>
       </c>
     </row>
-    <row r="46" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A46" s="23">
         <v>44</v>
       </c>
       <c r="B46" s="23">
         <v>2009</v>
       </c>
       <c r="C46" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D46" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="24" t="s">
         <v>57</v>
       </c>
       <c r="F46" s="24" t="s">
         <v>232</v>
       </c>
       <c r="G46" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H46" s="24" t="s">
         <v>9</v>
       </c>
       <c r="I46" s="25">
@@ -4590,51 +4776,51 @@
       <c r="K47" s="25">
         <v>128762</v>
       </c>
       <c r="L47" s="25">
         <v>65931</v>
       </c>
       <c r="M47" s="25">
         <v>370459</v>
       </c>
       <c r="N47" s="23">
         <v>1</v>
       </c>
       <c r="O47" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P47" s="26">
         <v>1625</v>
       </c>
       <c r="Q47" s="27">
         <v>307</v>
       </c>
       <c r="R47" s="27">
         <v>499221</v>
       </c>
     </row>
-    <row r="48" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A48" s="23">
         <v>46</v>
       </c>
       <c r="B48" s="23">
         <v>2009</v>
       </c>
       <c r="C48" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D48" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="24" t="s">
         <v>56</v>
       </c>
       <c r="F48" s="24" t="s">
         <v>234</v>
       </c>
       <c r="G48" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H48" s="24" t="s">
         <v>235</v>
       </c>
       <c r="I48" s="25">
@@ -4646,51 +4832,51 @@
       <c r="K48" s="25">
         <v>469531</v>
       </c>
       <c r="L48" s="25">
         <v>201337</v>
       </c>
       <c r="M48" s="25">
         <v>2420116</v>
       </c>
       <c r="N48" s="23">
         <v>8</v>
       </c>
       <c r="O48" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P48" s="26">
         <v>8840</v>
       </c>
       <c r="Q48" s="27">
         <v>327</v>
       </c>
       <c r="R48" s="27">
         <v>361206</v>
       </c>
     </row>
-    <row r="49" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A49" s="23">
         <v>47</v>
       </c>
       <c r="B49" s="23">
         <v>2009</v>
       </c>
       <c r="C49" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D49" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="24" t="s">
         <v>152</v>
       </c>
       <c r="F49" s="24" t="s">
         <v>236</v>
       </c>
       <c r="G49" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H49" s="24" t="s">
         <v>154</v>
       </c>
       <c r="I49" s="25">
@@ -4758,51 +4944,51 @@
       <c r="K50" s="25">
         <v>1183059</v>
       </c>
       <c r="L50" s="25">
         <v>773407</v>
       </c>
       <c r="M50" s="25">
         <v>1954593</v>
       </c>
       <c r="N50" s="23">
         <v>8</v>
       </c>
       <c r="O50" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P50" s="26">
         <v>6280</v>
       </c>
       <c r="Q50" s="27">
         <v>500</v>
       </c>
       <c r="R50" s="27">
         <v>392207</v>
       </c>
     </row>
-    <row r="51" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A51" s="23">
         <v>49</v>
       </c>
       <c r="B51" s="23">
         <v>2009</v>
       </c>
       <c r="C51" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D51" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="24" t="s">
         <v>237</v>
       </c>
       <c r="F51" s="24" t="s">
         <v>240</v>
       </c>
       <c r="G51" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H51" s="24" t="s">
         <v>102</v>
       </c>
       <c r="I51" s="25">
@@ -4814,51 +5000,51 @@
       <c r="K51" s="25">
         <v>465070</v>
       </c>
       <c r="L51" s="25">
         <v>268226</v>
       </c>
       <c r="M51" s="25">
         <v>1043274</v>
       </c>
       <c r="N51" s="23">
         <v>4</v>
       </c>
       <c r="O51" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P51" s="26">
         <v>3140</v>
       </c>
       <c r="Q51" s="27">
         <v>480</v>
       </c>
       <c r="R51" s="27">
         <v>377086</v>
       </c>
     </row>
-    <row r="52" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A52" s="23">
         <v>50</v>
       </c>
       <c r="B52" s="23">
         <v>2009</v>
       </c>
       <c r="C52" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D52" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="24" t="s">
         <v>160</v>
       </c>
       <c r="F52" s="24" t="s">
         <v>241</v>
       </c>
       <c r="G52" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H52" s="24" t="s">
         <v>242</v>
       </c>
       <c r="I52" s="25">
@@ -4926,51 +5112,51 @@
       <c r="K53" s="25">
         <v>122138</v>
       </c>
       <c r="L53" s="25">
         <v>133751</v>
       </c>
       <c r="M53" s="25">
         <v>217486</v>
       </c>
       <c r="N53" s="23">
         <v>1</v>
       </c>
       <c r="O53" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P53" s="23">
         <v>952</v>
       </c>
       <c r="Q53" s="27">
         <v>357</v>
       </c>
       <c r="R53" s="27">
         <v>339624</v>
       </c>
     </row>
-    <row r="54" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A54" s="18">
         <v>52</v>
       </c>
       <c r="B54" s="18">
         <v>2010</v>
       </c>
       <c r="C54" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D54" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="19" t="s">
         <v>57</v>
       </c>
       <c r="F54" s="19" t="s">
         <v>245</v>
       </c>
       <c r="G54" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H54" s="19" t="s">
         <v>246</v>
       </c>
       <c r="I54" s="20">
@@ -4982,51 +5168,51 @@
       <c r="K54" s="20">
         <v>429347</v>
       </c>
       <c r="L54" s="20">
         <v>462880</v>
       </c>
       <c r="M54" s="20">
         <v>700514</v>
       </c>
       <c r="N54" s="18">
         <v>4</v>
       </c>
       <c r="O54" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P54" s="21">
         <v>4417</v>
       </c>
       <c r="Q54" s="22">
         <v>256</v>
       </c>
       <c r="R54" s="22">
         <v>316954</v>
       </c>
     </row>
-    <row r="55" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A55" s="18">
         <v>53</v>
       </c>
       <c r="B55" s="18">
         <v>2010</v>
       </c>
       <c r="C55" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D55" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="19" t="s">
         <v>57</v>
       </c>
       <c r="F55" s="19" t="s">
         <v>247</v>
       </c>
       <c r="G55" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H55" s="19" t="s">
         <v>248</v>
       </c>
       <c r="I55" s="20">
@@ -5150,51 +5336,51 @@
       <c r="K57" s="20">
         <v>1581480</v>
       </c>
       <c r="L57" s="20">
         <v>478861</v>
       </c>
       <c r="M57" s="20">
         <v>3351029</v>
       </c>
       <c r="N57" s="18">
         <v>8</v>
       </c>
       <c r="O57" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P57" s="21">
         <v>15295</v>
       </c>
       <c r="Q57" s="22">
         <v>322</v>
       </c>
       <c r="R57" s="22">
         <v>616564</v>
       </c>
     </row>
-    <row r="58" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A58" s="18">
         <v>56</v>
       </c>
       <c r="B58" s="18">
         <v>2010</v>
       </c>
       <c r="C58" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D58" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="19" t="s">
         <v>56</v>
       </c>
       <c r="F58" s="19" t="s">
         <v>252</v>
       </c>
       <c r="G58" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H58" s="19" t="s">
         <v>253</v>
       </c>
       <c r="I58" s="20">
@@ -5206,51 +5392,51 @@
       <c r="K58" s="20">
         <v>905899</v>
       </c>
       <c r="L58" s="20">
         <v>614060</v>
       </c>
       <c r="M58" s="20">
         <v>1225628</v>
       </c>
       <c r="N58" s="18">
         <v>8</v>
       </c>
       <c r="O58" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P58" s="21">
         <v>8840</v>
       </c>
       <c r="Q58" s="22">
         <v>241</v>
       </c>
       <c r="R58" s="22">
         <v>266441</v>
       </c>
     </row>
-    <row r="59" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A59" s="18">
         <v>57</v>
       </c>
       <c r="B59" s="18">
         <v>2010</v>
       </c>
       <c r="C59" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D59" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="19" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="19" t="s">
         <v>254</v>
       </c>
       <c r="G59" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H59" s="19" t="s">
         <v>255</v>
       </c>
       <c r="I59" s="20">
@@ -5262,51 +5448,51 @@
       <c r="K59" s="20">
         <v>1222039</v>
       </c>
       <c r="L59" s="20">
         <v>1222039</v>
       </c>
       <c r="M59" s="20">
         <v>1443627</v>
       </c>
       <c r="N59" s="18">
         <v>8</v>
       </c>
       <c r="O59" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P59" s="21">
         <v>4275</v>
       </c>
       <c r="Q59" s="22">
         <v>624</v>
       </c>
       <c r="R59" s="22">
         <v>333208</v>
       </c>
     </row>
-    <row r="60" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A60" s="18">
         <v>58</v>
       </c>
       <c r="B60" s="18">
         <v>2010</v>
       </c>
       <c r="C60" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D60" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="19" t="s">
         <v>23</v>
       </c>
       <c r="F60" s="19" t="s">
         <v>256</v>
       </c>
       <c r="G60" s="19" t="s">
         <v>257</v>
       </c>
       <c r="H60" s="19" t="s">
         <v>122</v>
       </c>
       <c r="I60" s="20">
@@ -5542,51 +5728,51 @@
       <c r="K64" s="25">
         <v>145046</v>
       </c>
       <c r="L64" s="25">
         <v>103805</v>
       </c>
       <c r="M64" s="25">
         <v>384000</v>
       </c>
       <c r="N64" s="23">
         <v>1</v>
       </c>
       <c r="O64" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P64" s="26">
         <v>2400</v>
       </c>
       <c r="Q64" s="27">
         <v>220</v>
       </c>
       <c r="R64" s="27">
         <v>488351</v>
       </c>
     </row>
-    <row r="65" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A65" s="23">
         <v>63</v>
       </c>
       <c r="B65" s="23">
         <v>2011</v>
       </c>
       <c r="C65" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D65" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="24" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="24" t="s">
         <v>265</v>
       </c>
       <c r="G65" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H65" s="24" t="s">
         <v>266</v>
       </c>
       <c r="I65" s="25">
@@ -5822,51 +6008,51 @@
       <c r="K69" s="20">
         <v>152811</v>
       </c>
       <c r="L69" s="20">
         <v>65000</v>
       </c>
       <c r="M69" s="20">
         <v>620339</v>
       </c>
       <c r="N69" s="18">
         <v>2</v>
       </c>
       <c r="O69" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P69" s="21">
         <v>2566</v>
       </c>
       <c r="Q69" s="22">
         <v>301</v>
       </c>
       <c r="R69" s="22">
         <v>407308</v>
       </c>
     </row>
-    <row r="70" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A70" s="18">
         <v>68</v>
       </c>
       <c r="B70" s="18">
         <v>2012</v>
       </c>
       <c r="C70" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D70" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="19" t="s">
         <v>56</v>
       </c>
       <c r="F70" s="19" t="s">
         <v>276</v>
       </c>
       <c r="G70" s="19" t="s">
         <v>277</v>
       </c>
       <c r="H70" s="19" t="s">
         <v>278</v>
       </c>
       <c r="I70" s="20">
@@ -5878,51 +6064,51 @@
       <c r="K70" s="20">
         <v>279477</v>
       </c>
       <c r="L70" s="20">
         <v>10477</v>
       </c>
       <c r="M70" s="20">
         <v>1225525</v>
       </c>
       <c r="N70" s="18">
         <v>4</v>
       </c>
       <c r="O70" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P70" s="21">
         <v>4300</v>
       </c>
       <c r="Q70" s="22">
         <v>350</v>
       </c>
       <c r="R70" s="22">
         <v>376251</v>
       </c>
     </row>
-    <row r="71" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A71" s="18">
         <v>69</v>
       </c>
       <c r="B71" s="18">
         <v>2012</v>
       </c>
       <c r="C71" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D71" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="19" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="19" t="s">
         <v>279</v>
       </c>
       <c r="G71" s="19" t="s">
         <v>277</v>
       </c>
       <c r="H71" s="19" t="s">
         <v>280</v>
       </c>
       <c r="I71" s="20">
@@ -5990,51 +6176,51 @@
       <c r="K72" s="20">
         <v>247055</v>
       </c>
       <c r="L72" s="31">
         <v>0</v>
       </c>
       <c r="M72" s="20">
         <v>867500</v>
       </c>
       <c r="N72" s="18">
         <v>4</v>
       </c>
       <c r="O72" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P72" s="21">
         <v>5332</v>
       </c>
       <c r="Q72" s="22">
         <v>209</v>
       </c>
       <c r="R72" s="22">
         <v>277175</v>
       </c>
     </row>
-    <row r="73" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A73" s="18">
         <v>71</v>
       </c>
       <c r="B73" s="18">
         <v>2012</v>
       </c>
       <c r="C73" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D73" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="19" t="s">
         <v>23</v>
       </c>
       <c r="F73" s="19" t="s">
         <v>285</v>
       </c>
       <c r="G73" s="19" t="s">
         <v>277</v>
       </c>
       <c r="H73" s="19" t="s">
         <v>286</v>
       </c>
       <c r="I73" s="20">
@@ -6046,51 +6232,51 @@
       <c r="K73" s="20">
         <v>104073</v>
       </c>
       <c r="L73" s="20">
         <v>24805</v>
       </c>
       <c r="M73" s="20">
         <v>590960</v>
       </c>
       <c r="N73" s="18">
         <v>3</v>
       </c>
       <c r="O73" s="19" t="s">
         <v>105</v>
       </c>
       <c r="P73" s="21">
         <v>2140</v>
       </c>
       <c r="Q73" s="22">
         <v>325</v>
       </c>
       <c r="R73" s="22">
         <v>231678</v>
       </c>
     </row>
-    <row r="74" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A74" s="18">
         <v>72</v>
       </c>
       <c r="B74" s="18">
         <v>2012</v>
       </c>
       <c r="C74" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D74" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="19" t="s">
         <v>217</v>
       </c>
       <c r="F74" s="19" t="s">
         <v>287</v>
       </c>
       <c r="G74" s="19" t="s">
         <v>277</v>
       </c>
       <c r="H74" s="19" t="s">
         <v>101</v>
       </c>
       <c r="I74" s="20">
@@ -6102,51 +6288,51 @@
       <c r="K74" s="20">
         <v>114261</v>
       </c>
       <c r="L74" s="20">
         <v>114691</v>
       </c>
       <c r="M74" s="20">
         <v>916728</v>
       </c>
       <c r="N74" s="18">
         <v>4</v>
       </c>
       <c r="O74" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P74" s="21">
         <v>2720</v>
       </c>
       <c r="Q74" s="22">
         <v>379</v>
       </c>
       <c r="R74" s="22">
         <v>255747</v>
       </c>
     </row>
-    <row r="75" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A75" s="18">
         <v>73</v>
       </c>
       <c r="B75" s="18">
         <v>2012</v>
       </c>
       <c r="C75" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D75" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="19" t="s">
         <v>125</v>
       </c>
       <c r="F75" s="19" t="s">
         <v>288</v>
       </c>
       <c r="G75" s="19" t="s">
         <v>277</v>
       </c>
       <c r="H75" s="19" t="s">
         <v>164</v>
       </c>
       <c r="I75" s="20">
@@ -6158,51 +6344,51 @@
       <c r="K75" s="20">
         <v>124099</v>
       </c>
       <c r="L75" s="20">
         <v>37513</v>
       </c>
       <c r="M75" s="20">
         <v>518460</v>
       </c>
       <c r="N75" s="18">
         <v>2</v>
       </c>
       <c r="O75" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P75" s="21">
         <v>2240</v>
       </c>
       <c r="Q75" s="22">
         <v>274</v>
       </c>
       <c r="R75" s="22">
         <v>398797</v>
       </c>
     </row>
-    <row r="76" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A76" s="23">
         <v>74</v>
       </c>
       <c r="B76" s="23">
         <v>2013</v>
       </c>
       <c r="C76" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D76" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="24" t="s">
         <v>57</v>
       </c>
       <c r="F76" s="24" t="s">
         <v>2</v>
       </c>
       <c r="G76" s="24" t="s">
         <v>277</v>
       </c>
       <c r="H76" s="24" t="s">
         <v>289</v>
       </c>
       <c r="I76" s="25">
@@ -6326,51 +6512,51 @@
       <c r="K78" s="25">
         <v>30989</v>
       </c>
       <c r="L78" s="28">
         <v>0</v>
       </c>
       <c r="M78" s="25">
         <v>162858</v>
       </c>
       <c r="N78" s="23">
         <v>1</v>
       </c>
       <c r="O78" s="24" t="s">
         <v>105</v>
       </c>
       <c r="P78" s="23">
         <v>800</v>
       </c>
       <c r="Q78" s="27">
         <v>242</v>
       </c>
       <c r="R78" s="27">
         <v>191658</v>
       </c>
     </row>
-    <row r="79" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A79" s="23">
         <v>77</v>
       </c>
       <c r="B79" s="23">
         <v>2013</v>
       </c>
       <c r="C79" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D79" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="24" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="24" t="s">
         <v>293</v>
       </c>
       <c r="G79" s="24" t="s">
         <v>277</v>
       </c>
       <c r="H79" s="24" t="s">
         <v>294</v>
       </c>
       <c r="I79" s="25">
@@ -6382,51 +6568,51 @@
       <c r="K79" s="25">
         <v>581077</v>
       </c>
       <c r="L79" s="28">
         <v>0</v>
       </c>
       <c r="M79" s="25">
         <v>1350247</v>
       </c>
       <c r="N79" s="23">
         <v>8</v>
       </c>
       <c r="O79" s="24" t="s">
         <v>105</v>
       </c>
       <c r="P79" s="26">
         <v>7150</v>
       </c>
       <c r="Q79" s="27">
         <v>270</v>
       </c>
       <c r="R79" s="27">
         <v>241416</v>
       </c>
     </row>
-    <row r="80" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A80" s="23">
         <v>78</v>
       </c>
       <c r="B80" s="23">
         <v>2013</v>
       </c>
       <c r="C80" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D80" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="24" t="s">
         <v>23</v>
       </c>
       <c r="F80" s="24" t="s">
         <v>295</v>
       </c>
       <c r="G80" s="24" t="s">
         <v>277</v>
       </c>
       <c r="H80" s="24" t="s">
         <v>31</v>
       </c>
       <c r="I80" s="25">
@@ -6494,51 +6680,51 @@
       <c r="K81" s="25">
         <v>75012</v>
       </c>
       <c r="L81" s="28">
         <v>0</v>
       </c>
       <c r="M81" s="25">
         <v>374000</v>
       </c>
       <c r="N81" s="23">
         <v>1</v>
       </c>
       <c r="O81" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P81" s="26">
         <v>1040</v>
       </c>
       <c r="Q81" s="27">
         <v>432</v>
       </c>
       <c r="R81" s="27">
         <v>449012</v>
       </c>
     </row>
-    <row r="82" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A82" s="23">
         <v>80</v>
       </c>
       <c r="B82" s="23">
         <v>2013</v>
       </c>
       <c r="C82" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D82" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F82" s="24" t="s">
         <v>298</v>
       </c>
       <c r="G82" s="24" t="s">
         <v>277</v>
       </c>
       <c r="H82" s="24" t="s">
         <v>225</v>
       </c>
       <c r="I82" s="25">
@@ -6550,51 +6736,51 @@
       <c r="K82" s="25">
         <v>131665</v>
       </c>
       <c r="L82" s="25">
         <v>17344</v>
       </c>
       <c r="M82" s="25">
         <v>678100</v>
       </c>
       <c r="N82" s="23">
         <v>5</v>
       </c>
       <c r="O82" s="24" t="s">
         <v>105</v>
       </c>
       <c r="P82" s="26">
         <v>2102</v>
       </c>
       <c r="Q82" s="27">
         <v>385</v>
       </c>
       <c r="R82" s="27">
         <v>161953</v>
       </c>
     </row>
-    <row r="83" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A83" s="23">
         <v>81</v>
       </c>
       <c r="B83" s="23">
         <v>2013</v>
       </c>
       <c r="C83" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D83" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F83" s="24" t="s">
         <v>299</v>
       </c>
       <c r="G83" s="24" t="s">
         <v>277</v>
       </c>
       <c r="H83" s="24" t="s">
         <v>222</v>
       </c>
       <c r="I83" s="25">
@@ -6774,51 +6960,51 @@
       <c r="K86" s="20">
         <v>67669</v>
       </c>
       <c r="L86" s="31">
         <v>0</v>
       </c>
       <c r="M86" s="20">
         <v>344666</v>
       </c>
       <c r="N86" s="18">
         <v>1</v>
       </c>
       <c r="O86" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P86" s="21">
         <v>1008</v>
       </c>
       <c r="Q86" s="22">
         <v>409</v>
       </c>
       <c r="R86" s="22">
         <v>412335</v>
       </c>
     </row>
-    <row r="87" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A87" s="18">
         <v>85</v>
       </c>
       <c r="B87" s="18">
         <v>2014</v>
       </c>
       <c r="C87" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D87" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="19" t="s">
         <v>57</v>
       </c>
       <c r="F87" s="19" t="s">
         <v>305</v>
       </c>
       <c r="G87" s="19" t="s">
         <v>277</v>
       </c>
       <c r="H87" s="19" t="s">
         <v>306</v>
       </c>
       <c r="I87" s="20">
@@ -6886,51 +7072,51 @@
       <c r="K88" s="20">
         <v>165189</v>
       </c>
       <c r="L88" s="31">
         <v>0</v>
       </c>
       <c r="M88" s="20">
         <v>815000</v>
       </c>
       <c r="N88" s="18">
         <v>2</v>
       </c>
       <c r="O88" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P88" s="21">
         <v>2876</v>
       </c>
       <c r="Q88" s="22">
         <v>341</v>
       </c>
       <c r="R88" s="22">
         <v>490095</v>
       </c>
     </row>
-    <row r="89" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A89" s="18">
         <v>87</v>
       </c>
       <c r="B89" s="18">
         <v>2014</v>
       </c>
       <c r="C89" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D89" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="19" t="s">
         <v>3</v>
       </c>
       <c r="F89" s="19" t="s">
         <v>310</v>
       </c>
       <c r="G89" s="19" t="s">
         <v>277</v>
       </c>
       <c r="H89" s="19" t="s">
         <v>311</v>
       </c>
       <c r="I89" s="20">
@@ -6942,51 +7128,51 @@
       <c r="K89" s="20">
         <v>402399</v>
       </c>
       <c r="L89" s="31">
         <v>0</v>
       </c>
       <c r="M89" s="20">
         <v>221971</v>
       </c>
       <c r="N89" s="18">
         <v>2</v>
       </c>
       <c r="O89" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P89" s="21">
         <v>2426</v>
       </c>
       <c r="Q89" s="22">
         <v>257</v>
       </c>
       <c r="R89" s="22">
         <v>312185</v>
       </c>
     </row>
-    <row r="90" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A90" s="18">
         <v>88</v>
       </c>
       <c r="B90" s="18">
         <v>2014</v>
       </c>
       <c r="C90" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D90" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="19" t="s">
         <v>23</v>
       </c>
       <c r="F90" s="19" t="s">
         <v>312</v>
       </c>
       <c r="G90" s="19" t="s">
         <v>277</v>
       </c>
       <c r="H90" s="19" t="s">
         <v>313</v>
       </c>
       <c r="I90" s="20">
@@ -7054,51 +7240,51 @@
       <c r="K91" s="20">
         <v>209350</v>
       </c>
       <c r="L91" s="31">
         <v>0</v>
       </c>
       <c r="M91" s="20">
         <v>1166002</v>
       </c>
       <c r="N91" s="18">
         <v>3</v>
       </c>
       <c r="O91" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P91" s="21">
         <v>2969</v>
       </c>
       <c r="Q91" s="22">
         <v>463</v>
       </c>
       <c r="R91" s="22">
         <v>458451</v>
       </c>
     </row>
-    <row r="92" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A92" s="18">
         <v>90</v>
       </c>
       <c r="B92" s="18">
         <v>2014</v>
       </c>
       <c r="C92" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D92" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="19" t="s">
         <v>237</v>
       </c>
       <c r="F92" s="19" t="s">
         <v>316</v>
       </c>
       <c r="G92" s="19" t="s">
         <v>277</v>
       </c>
       <c r="H92" s="19" t="s">
         <v>317</v>
       </c>
       <c r="I92" s="20">
@@ -8006,51 +8192,51 @@
       <c r="K108" s="25">
         <v>340000</v>
       </c>
       <c r="L108" s="28">
         <v>0</v>
       </c>
       <c r="M108" s="25">
         <v>510000</v>
       </c>
       <c r="N108" s="23">
         <v>2</v>
       </c>
       <c r="O108" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P108" s="26">
         <v>2200</v>
       </c>
       <c r="Q108" s="27">
         <v>386</v>
       </c>
       <c r="R108" s="27">
         <v>425000</v>
       </c>
     </row>
-    <row r="109" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:18" ht="30" x14ac:dyDescent="0.2">
       <c r="A109" s="23">
         <v>107</v>
       </c>
       <c r="B109" s="23">
         <v>2017</v>
       </c>
       <c r="C109" s="24" t="s">
         <v>318</v>
       </c>
       <c r="D109" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="24" t="s">
         <v>351</v>
       </c>
       <c r="F109" s="24" t="s">
         <v>352</v>
       </c>
       <c r="G109" s="24" t="s">
         <v>342</v>
       </c>
       <c r="H109" s="24" t="s">
         <v>119</v>
       </c>
       <c r="I109" s="25">
@@ -8510,51 +8696,51 @@
       <c r="K117" s="25">
         <v>292850</v>
       </c>
       <c r="L117" s="25">
         <v>83000</v>
       </c>
       <c r="M117" s="25">
         <v>417000</v>
       </c>
       <c r="N117" s="23">
         <v>2</v>
       </c>
       <c r="O117" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P117" s="26">
         <v>2400</v>
       </c>
       <c r="Q117" s="27">
         <v>296</v>
       </c>
       <c r="R117" s="27">
         <v>354925</v>
       </c>
     </row>
-    <row r="118" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:18" ht="30" x14ac:dyDescent="0.2">
       <c r="A118" s="23">
         <v>117</v>
       </c>
       <c r="B118" s="23">
         <v>2019</v>
       </c>
       <c r="C118" s="24" t="s">
         <v>318</v>
       </c>
       <c r="D118" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E118" s="24" t="s">
         <v>23</v>
       </c>
       <c r="F118" s="24" t="s">
         <v>374</v>
       </c>
       <c r="G118" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H118" s="24" t="s">
         <v>10</v>
       </c>
       <c r="I118" s="25">
@@ -8622,51 +8808,51 @@
       <c r="K119" s="25">
         <v>130500</v>
       </c>
       <c r="L119" s="25">
         <v>63000</v>
       </c>
       <c r="M119" s="25">
         <v>207000</v>
       </c>
       <c r="N119" s="23">
         <v>1</v>
       </c>
       <c r="O119" s="24" t="s">
         <v>105</v>
       </c>
       <c r="P119" s="26">
         <v>1440</v>
       </c>
       <c r="Q119" s="27">
         <v>234</v>
       </c>
       <c r="R119" s="27">
         <v>337500</v>
       </c>
     </row>
-    <row r="120" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="120" spans="1:18" ht="30" x14ac:dyDescent="0.2">
       <c r="A120" s="18">
         <v>119</v>
       </c>
       <c r="B120" s="18">
         <v>2020</v>
       </c>
       <c r="C120" s="19" t="s">
         <v>155</v>
       </c>
       <c r="D120" s="19" t="s">
         <v>1</v>
       </c>
       <c r="E120" s="19" t="s">
         <v>23</v>
       </c>
       <c r="F120" s="19" t="s">
         <v>376</v>
       </c>
       <c r="G120" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H120" s="19" t="s">
         <v>10</v>
       </c>
       <c r="I120" s="20">
@@ -8902,51 +9088,51 @@
       <c r="K124" s="20">
         <v>111914</v>
       </c>
       <c r="L124" s="22">
         <v>0</v>
       </c>
       <c r="M124" s="20">
         <v>447655</v>
       </c>
       <c r="N124" s="18">
         <v>2</v>
       </c>
       <c r="O124" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P124" s="21">
         <v>1928</v>
       </c>
       <c r="Q124" s="22">
         <v>290</v>
       </c>
       <c r="R124" s="22">
         <v>279785</v>
       </c>
     </row>
-    <row r="125" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A125" s="23">
         <v>124</v>
       </c>
       <c r="B125" s="23">
         <v>2021</v>
       </c>
       <c r="C125" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D125" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E125" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F125" s="24" t="s">
         <v>4</v>
       </c>
       <c r="G125" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H125" s="24" t="s">
         <v>8</v>
       </c>
       <c r="I125" s="25">
@@ -8958,51 +9144,51 @@
       <c r="K125" s="25">
         <v>176140</v>
       </c>
       <c r="L125" s="27">
         <v>0</v>
       </c>
       <c r="M125" s="25">
         <v>500000</v>
       </c>
       <c r="N125" s="23">
         <v>2</v>
       </c>
       <c r="O125" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P125" s="26">
         <v>1904</v>
       </c>
       <c r="Q125" s="27">
         <v>356</v>
       </c>
       <c r="R125" s="27">
         <v>338820</v>
       </c>
     </row>
-    <row r="126" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="126" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A126" s="23">
         <v>125</v>
       </c>
       <c r="B126" s="23">
         <v>2021</v>
       </c>
       <c r="C126" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D126" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="24" t="s">
         <v>57</v>
       </c>
       <c r="F126" s="24" t="s">
         <v>5</v>
       </c>
       <c r="G126" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H126" s="24" t="s">
         <v>9</v>
       </c>
       <c r="I126" s="25">
@@ -9014,51 +9200,51 @@
       <c r="K126" s="25">
         <v>1200000</v>
       </c>
       <c r="L126" s="27">
         <v>166906</v>
       </c>
       <c r="M126" s="25">
         <v>333094</v>
       </c>
       <c r="N126" s="23">
         <v>6</v>
       </c>
       <c r="O126" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P126" s="26">
         <v>6000</v>
       </c>
       <c r="Q126" s="27">
         <v>283</v>
       </c>
       <c r="R126" s="27">
         <v>283333</v>
       </c>
     </row>
-    <row r="127" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A127" s="23">
         <v>126</v>
       </c>
       <c r="B127" s="23">
         <v>2021</v>
       </c>
       <c r="C127" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D127" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E127" s="24" t="s">
         <v>23</v>
       </c>
       <c r="F127" s="24" t="s">
         <v>6</v>
       </c>
       <c r="G127" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H127" s="24" t="s">
         <v>10</v>
       </c>
       <c r="I127" s="25">
@@ -9070,51 +9256,51 @@
       <c r="K127" s="25">
         <v>147878</v>
       </c>
       <c r="L127" s="27">
         <v>0</v>
       </c>
       <c r="M127" s="25">
         <v>443631</v>
       </c>
       <c r="N127" s="23">
         <v>2</v>
       </c>
       <c r="O127" s="24" t="s">
         <v>134</v>
       </c>
       <c r="P127" s="26">
         <v>1928</v>
       </c>
       <c r="Q127" s="27">
         <v>307</v>
       </c>
       <c r="R127" s="27">
         <v>295755</v>
       </c>
     </row>
-    <row r="128" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:18" ht="15" x14ac:dyDescent="0.2">
       <c r="A128" s="23">
         <v>127</v>
       </c>
       <c r="B128" s="23">
         <v>2021</v>
       </c>
       <c r="C128" s="24" t="s">
         <v>0</v>
       </c>
       <c r="D128" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E128" s="24" t="s">
         <v>3</v>
       </c>
       <c r="F128" s="24" t="s">
         <v>7</v>
       </c>
       <c r="G128" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H128" s="24" t="s">
         <v>11</v>
       </c>
       <c r="I128" s="25">
@@ -9182,51 +9368,51 @@
       <c r="K129" s="20">
         <v>95250</v>
       </c>
       <c r="L129" s="22">
         <v>175000</v>
       </c>
       <c r="M129" s="20">
         <v>325000</v>
       </c>
       <c r="N129" s="18">
         <v>5</v>
       </c>
       <c r="O129" s="19" t="s">
         <v>105</v>
       </c>
       <c r="P129" s="21">
         <v>3600</v>
       </c>
       <c r="Q129" s="22">
         <v>165</v>
       </c>
       <c r="R129" s="22">
         <v>119050</v>
       </c>
     </row>
-    <row r="130" spans="1:19" ht="45" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="A130" s="18">
         <v>129</v>
       </c>
       <c r="B130" s="18">
         <v>2022</v>
       </c>
       <c r="C130" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D130" s="19" t="s">
         <v>1</v>
       </c>
       <c r="E130" s="35" t="s">
         <v>23</v>
       </c>
       <c r="F130" s="19" t="s">
         <v>27</v>
       </c>
       <c r="G130" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H130" s="19" t="s">
         <v>31</v>
       </c>
       <c r="I130" s="36">
@@ -9401,51 +9587,51 @@
       <c r="I133" s="43">
         <v>1308750</v>
       </c>
       <c r="J133" s="44">
         <v>1308750</v>
       </c>
       <c r="K133" s="43">
         <v>808750</v>
       </c>
       <c r="L133" s="45">
         <v>189300</v>
       </c>
       <c r="M133" s="46">
         <v>500000</v>
       </c>
       <c r="N133" s="42">
         <v>3</v>
       </c>
       <c r="O133" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P133" s="47">
         <v>2988</v>
       </c>
       <c r="Q133" s="48">
-        <f t="shared" ref="Q133:Q159" si="0">I133/P133</f>
+        <f t="shared" ref="Q133:Q171" si="0">I133/P133</f>
         <v>438.00200803212851</v>
       </c>
       <c r="R133" s="48">
         <v>436250</v>
       </c>
     </row>
     <row r="134" spans="1:19" ht="30" x14ac:dyDescent="0.2">
       <c r="A134" s="38">
         <v>133</v>
       </c>
       <c r="B134" s="38">
         <v>2023</v>
       </c>
       <c r="C134" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D134" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E134" s="40" t="s">
         <v>50</v>
       </c>
       <c r="F134" s="41" t="s">
         <v>59</v>
       </c>
@@ -9465,51 +9651,51 @@
         <v>125000</v>
       </c>
       <c r="L134" s="45">
         <v>161778.57</v>
       </c>
       <c r="M134" s="46">
         <v>500000</v>
       </c>
       <c r="N134" s="42">
         <v>7</v>
       </c>
       <c r="O134" s="39" t="s">
         <v>105</v>
       </c>
       <c r="P134" s="47">
         <v>3900</v>
       </c>
       <c r="Q134" s="48">
         <f t="shared" si="0"/>
         <v>160.25641025641025</v>
       </c>
       <c r="R134" s="48">
         <v>89286</v>
       </c>
     </row>
-    <row r="135" spans="1:19" ht="45" x14ac:dyDescent="0.2">
+    <row r="135" spans="1:19" ht="30" x14ac:dyDescent="0.2">
       <c r="A135" s="38">
         <v>134</v>
       </c>
       <c r="B135" s="38">
         <v>2023</v>
       </c>
       <c r="C135" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D135" s="39" t="s">
         <v>1</v>
       </c>
       <c r="E135" s="40" t="s">
         <v>23</v>
       </c>
       <c r="F135" s="41" t="s">
         <v>60</v>
       </c>
       <c r="G135" s="24" t="s">
         <v>70</v>
       </c>
       <c r="H135" s="42" t="s">
         <v>75</v>
       </c>
       <c r="I135" s="43">
@@ -9522,51 +9708,51 @@
         <v>250297</v>
       </c>
       <c r="L135" s="45">
         <v>0</v>
       </c>
       <c r="M135" s="46">
         <v>500000</v>
       </c>
       <c r="N135" s="42">
         <v>2</v>
       </c>
       <c r="O135" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P135" s="47">
         <v>1928</v>
       </c>
       <c r="Q135" s="48">
         <f t="shared" si="0"/>
         <v>389.15819502074692</v>
       </c>
       <c r="R135" s="48">
         <v>750297</v>
       </c>
     </row>
-    <row r="136" spans="1:19" ht="45" x14ac:dyDescent="0.2">
+    <row r="136" spans="1:19" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="38">
         <v>135</v>
       </c>
       <c r="B136" s="38">
         <v>2023</v>
       </c>
       <c r="C136" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D136" s="39" t="s">
         <v>1</v>
       </c>
       <c r="E136" s="40" t="s">
         <v>51</v>
       </c>
       <c r="F136" s="41" t="s">
         <v>61</v>
       </c>
       <c r="G136" s="24" t="s">
         <v>123</v>
       </c>
       <c r="H136" s="42" t="s">
         <v>76</v>
       </c>
       <c r="I136" s="43">
@@ -9579,51 +9765,51 @@
         <v>775500</v>
       </c>
       <c r="L136" s="45">
         <v>304442</v>
       </c>
       <c r="M136" s="46">
         <v>500000</v>
       </c>
       <c r="N136" s="42">
         <v>4</v>
       </c>
       <c r="O136" s="39" t="s">
         <v>105</v>
       </c>
       <c r="P136" s="47">
         <v>2800</v>
       </c>
       <c r="Q136" s="48">
         <f t="shared" si="0"/>
         <v>455.53571428571428</v>
       </c>
       <c r="R136" s="48">
         <v>368875</v>
       </c>
     </row>
-    <row r="137" spans="1:19" ht="45" x14ac:dyDescent="0.2">
+    <row r="137" spans="1:19" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="38">
         <v>136</v>
       </c>
       <c r="B137" s="38">
         <v>2023</v>
       </c>
       <c r="C137" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D137" s="39" t="s">
         <v>1</v>
       </c>
       <c r="E137" s="40" t="s">
         <v>23</v>
       </c>
       <c r="F137" s="41" t="s">
         <v>62</v>
       </c>
       <c r="G137" s="24" t="s">
         <v>70</v>
       </c>
       <c r="H137" s="42" t="s">
         <v>75</v>
       </c>
       <c r="I137" s="43">
@@ -9636,51 +9822,51 @@
         <v>250297</v>
       </c>
       <c r="L137" s="45">
         <v>0</v>
       </c>
       <c r="M137" s="46">
         <v>500000</v>
       </c>
       <c r="N137" s="42">
         <v>2</v>
       </c>
       <c r="O137" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P137" s="47">
         <v>1928</v>
       </c>
       <c r="Q137" s="48">
         <f t="shared" si="0"/>
         <v>389.15819502074692</v>
       </c>
       <c r="R137" s="48">
         <v>750297</v>
       </c>
     </row>
-    <row r="138" spans="1:19" ht="30" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:19" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="38">
         <v>138</v>
       </c>
       <c r="B138" s="38">
         <v>2023</v>
       </c>
       <c r="C138" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D138" s="39" t="s">
         <v>1</v>
       </c>
       <c r="E138" s="40" t="s">
         <v>52</v>
       </c>
       <c r="F138" s="41" t="s">
         <v>63</v>
       </c>
       <c r="G138" s="24" t="s">
         <v>71</v>
       </c>
       <c r="H138" s="42" t="s">
         <v>77</v>
       </c>
       <c r="I138" s="43">
@@ -9693,51 +9879,51 @@
         <v>793659</v>
       </c>
       <c r="L138" s="45">
         <v>0</v>
       </c>
       <c r="M138" s="46">
         <v>500000</v>
       </c>
       <c r="N138" s="42">
         <v>2</v>
       </c>
       <c r="O138" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P138" s="47">
         <v>2772</v>
       </c>
       <c r="Q138" s="48">
         <f t="shared" si="0"/>
         <v>418.47041847041845</v>
       </c>
       <c r="R138" s="48">
         <v>580000</v>
       </c>
     </row>
-    <row r="139" spans="1:19" ht="30" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:19" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="38">
         <v>139</v>
       </c>
       <c r="B139" s="38">
         <v>2023</v>
       </c>
       <c r="C139" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D139" s="39" t="s">
         <v>1</v>
       </c>
       <c r="E139" s="40" t="s">
         <v>53</v>
       </c>
       <c r="F139" s="41" t="s">
         <v>64</v>
       </c>
       <c r="G139" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H139" s="42" t="s">
         <v>78</v>
       </c>
       <c r="I139" s="43">
@@ -9750,51 +9936,51 @@
         <v>87800</v>
       </c>
       <c r="L139" s="45">
         <v>0</v>
       </c>
       <c r="M139" s="46">
         <v>500000</v>
       </c>
       <c r="N139" s="42">
         <v>2</v>
       </c>
       <c r="O139" s="39" t="s">
         <v>105</v>
       </c>
       <c r="P139" s="47">
         <v>1392</v>
       </c>
       <c r="Q139" s="48">
         <f t="shared" si="0"/>
         <v>413.07471264367814</v>
       </c>
       <c r="R139" s="48">
         <v>575000</v>
       </c>
     </row>
-    <row r="140" spans="1:19" ht="45" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:19" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="38">
         <v>140</v>
       </c>
       <c r="B140" s="38">
         <v>2023</v>
       </c>
       <c r="C140" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D140" s="39" t="s">
         <v>1</v>
       </c>
       <c r="E140" s="40" t="s">
         <v>54</v>
       </c>
       <c r="F140" s="41" t="s">
         <v>65</v>
       </c>
       <c r="G140" s="24" t="s">
         <v>123</v>
       </c>
       <c r="H140" s="42" t="s">
         <v>33</v>
       </c>
       <c r="I140" s="43">
@@ -9807,51 +9993,51 @@
         <v>301310</v>
       </c>
       <c r="L140" s="45">
         <v>87821</v>
       </c>
       <c r="M140" s="46">
         <v>500000</v>
       </c>
       <c r="N140" s="42">
         <v>2</v>
       </c>
       <c r="O140" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P140" s="47">
         <v>1350</v>
       </c>
       <c r="Q140" s="48">
         <f t="shared" si="0"/>
         <v>642.46222222222218</v>
       </c>
       <c r="R140" s="48">
         <v>433662</v>
       </c>
     </row>
-    <row r="141" spans="1:19" ht="30" x14ac:dyDescent="0.2">
+    <row r="141" spans="1:19" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="38">
         <v>141</v>
       </c>
       <c r="B141" s="38">
         <v>2023</v>
       </c>
       <c r="C141" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D141" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E141" s="40" t="s">
         <v>55</v>
       </c>
       <c r="F141" s="41" t="s">
         <v>66</v>
       </c>
       <c r="G141" s="24" t="s">
         <v>71</v>
       </c>
       <c r="H141" s="42" t="s">
         <v>79</v>
       </c>
       <c r="I141" s="43">
@@ -9864,51 +10050,51 @@
         <v>198137</v>
       </c>
       <c r="L141" s="45">
         <v>61807</v>
       </c>
       <c r="M141" s="46">
         <v>500000</v>
       </c>
       <c r="N141" s="42">
         <v>2</v>
       </c>
       <c r="O141" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P141" s="47">
         <v>1904</v>
       </c>
       <c r="Q141" s="48">
         <f t="shared" si="0"/>
         <v>320.54411764705884</v>
       </c>
       <c r="R141" s="48">
         <v>305158</v>
       </c>
     </row>
-    <row r="142" spans="1:19" ht="30" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:19" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="38">
         <v>142</v>
       </c>
       <c r="B142" s="38">
         <v>2023</v>
       </c>
       <c r="C142" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D142" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E142" s="40" t="s">
         <v>56</v>
       </c>
       <c r="F142" s="41" t="s">
         <v>67</v>
       </c>
       <c r="G142" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H142" s="42" t="s">
         <v>80</v>
       </c>
       <c r="I142" s="43">
@@ -9921,51 +10107,51 @@
         <v>714132</v>
       </c>
       <c r="L142" s="45">
         <v>157864</v>
       </c>
       <c r="M142" s="46">
         <v>500000</v>
       </c>
       <c r="N142" s="42">
         <v>1</v>
       </c>
       <c r="O142" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P142" s="47">
         <v>1500</v>
       </c>
       <c r="Q142" s="48">
         <f t="shared" si="0"/>
         <v>768.2166666666667</v>
       </c>
       <c r="R142" s="48">
         <v>1152325</v>
       </c>
     </row>
-    <row r="143" spans="1:19" ht="30" x14ac:dyDescent="0.2">
+    <row r="143" spans="1:19" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="38">
         <v>143</v>
       </c>
       <c r="B143" s="38">
         <v>2023</v>
       </c>
       <c r="C143" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D143" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E143" s="40" t="s">
         <v>57</v>
       </c>
       <c r="F143" s="41" t="s">
         <v>68</v>
       </c>
       <c r="G143" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H143" s="42" t="s">
         <v>81</v>
       </c>
       <c r="I143" s="43">
@@ -9978,51 +10164,51 @@
         <v>1200000</v>
       </c>
       <c r="L143" s="45">
         <v>1367235</v>
       </c>
       <c r="M143" s="46">
         <v>500000</v>
       </c>
       <c r="N143" s="42">
         <v>4</v>
       </c>
       <c r="O143" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P143" s="47">
         <v>3984</v>
       </c>
       <c r="Q143" s="48">
         <f t="shared" si="0"/>
         <v>426.70682730923693</v>
       </c>
       <c r="R143" s="48">
         <v>425000</v>
       </c>
     </row>
-    <row r="144" spans="1:19" ht="45" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:19" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="18">
         <v>144</v>
       </c>
       <c r="B144" s="18">
         <v>2024</v>
       </c>
       <c r="C144" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D144" s="19" t="s">
         <v>1</v>
       </c>
       <c r="E144" s="49" t="s">
         <v>85</v>
       </c>
       <c r="F144" s="50" t="s">
         <v>91</v>
       </c>
       <c r="G144" s="19" t="s">
         <v>123</v>
       </c>
       <c r="H144" s="49" t="s">
         <v>98</v>
       </c>
       <c r="I144" s="36">
@@ -10035,51 +10221,51 @@
         <v>494240</v>
       </c>
       <c r="L144" s="51">
         <v>0</v>
       </c>
       <c r="M144" s="20">
         <v>700000</v>
       </c>
       <c r="N144" s="49">
         <v>4</v>
       </c>
       <c r="O144" s="19" t="s">
         <v>105</v>
       </c>
       <c r="P144" s="21">
         <v>7237</v>
       </c>
       <c r="Q144" s="22">
         <f t="shared" si="0"/>
         <v>165.01865413845516</v>
       </c>
       <c r="R144" s="36">
         <v>298560</v>
       </c>
     </row>
-    <row r="145" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="145" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="18">
         <v>145</v>
       </c>
       <c r="B145" s="18">
         <v>2024</v>
       </c>
       <c r="C145" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D145" s="19" t="s">
         <v>1</v>
       </c>
       <c r="E145" s="49" t="s">
         <v>86</v>
       </c>
       <c r="F145" s="50" t="s">
         <v>92</v>
       </c>
       <c r="G145" s="19" t="s">
         <v>123</v>
       </c>
       <c r="H145" s="49" t="s">
         <v>99</v>
       </c>
       <c r="I145" s="36">
@@ -10092,51 +10278,51 @@
         <v>810200</v>
       </c>
       <c r="L145" s="51">
         <v>0</v>
       </c>
       <c r="M145" s="20">
         <v>700000</v>
       </c>
       <c r="N145" s="49">
         <v>4</v>
       </c>
       <c r="O145" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P145" s="21">
         <v>3456</v>
       </c>
       <c r="Q145" s="22">
         <f t="shared" si="0"/>
         <v>436.97916666666669</v>
       </c>
       <c r="R145" s="36">
         <v>377550</v>
       </c>
     </row>
-    <row r="146" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="146" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="18">
         <v>146</v>
       </c>
       <c r="B146" s="18">
         <v>2024</v>
       </c>
       <c r="C146" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D146" s="19" t="s">
         <v>1</v>
       </c>
       <c r="E146" s="49" t="s">
         <v>87</v>
       </c>
       <c r="F146" s="50" t="s">
         <v>93</v>
       </c>
       <c r="G146" s="19" t="s">
         <v>69</v>
       </c>
       <c r="H146" s="49" t="s">
         <v>100</v>
       </c>
       <c r="I146" s="36">
@@ -10149,51 +10335,51 @@
         <v>418008</v>
       </c>
       <c r="L146" s="51">
         <v>0</v>
       </c>
       <c r="M146" s="20">
         <v>700000</v>
       </c>
       <c r="N146" s="49">
         <v>3</v>
       </c>
       <c r="O146" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P146" s="21">
         <v>2160</v>
       </c>
       <c r="Q146" s="22">
         <f t="shared" si="0"/>
         <v>517.59629629629626</v>
       </c>
       <c r="R146" s="36">
         <v>372669</v>
       </c>
     </row>
-    <row r="147" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="18">
         <v>147</v>
       </c>
       <c r="B147" s="18">
         <v>2024</v>
       </c>
       <c r="C147" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D147" s="19" t="s">
         <v>1</v>
       </c>
       <c r="E147" s="49" t="s">
         <v>88</v>
       </c>
       <c r="F147" s="50" t="s">
         <v>94</v>
       </c>
       <c r="G147" s="19" t="s">
         <v>71</v>
       </c>
       <c r="H147" s="49" t="s">
         <v>101</v>
       </c>
       <c r="I147" s="36">
@@ -10206,51 +10392,51 @@
         <v>194685</v>
       </c>
       <c r="L147" s="51">
         <v>0</v>
       </c>
       <c r="M147" s="20">
         <v>700000</v>
       </c>
       <c r="N147" s="49">
         <v>1</v>
       </c>
       <c r="O147" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P147" s="21">
         <v>1022</v>
       </c>
       <c r="Q147" s="22">
         <f t="shared" si="0"/>
         <v>875.42563600782773</v>
       </c>
       <c r="R147" s="36">
         <v>894685</v>
       </c>
     </row>
-    <row r="148" spans="1:18" ht="15" x14ac:dyDescent="0.2">
+    <row r="148" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="18">
         <v>148</v>
       </c>
       <c r="B148" s="18">
         <v>2024</v>
       </c>
       <c r="C148" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D148" s="19" t="s">
         <v>21</v>
       </c>
       <c r="E148" s="49" t="s">
         <v>89</v>
       </c>
       <c r="F148" s="50" t="s">
         <v>95</v>
       </c>
       <c r="G148" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H148" s="49" t="s">
         <v>102</v>
       </c>
       <c r="I148" s="36">
@@ -10263,108 +10449,108 @@
         <v>191175</v>
       </c>
       <c r="L148" s="51">
         <v>125721</v>
       </c>
       <c r="M148" s="20">
         <v>700000</v>
       </c>
       <c r="N148" s="49">
         <v>3</v>
       </c>
       <c r="O148" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P148" s="21">
         <v>3008</v>
       </c>
       <c r="Q148" s="22">
         <f t="shared" si="0"/>
         <v>296.26828457446811</v>
       </c>
       <c r="R148" s="36">
         <v>297058</v>
       </c>
     </row>
-    <row r="149" spans="1:18" ht="30" x14ac:dyDescent="0.2">
+    <row r="149" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="18">
         <v>149</v>
       </c>
       <c r="B149" s="18">
         <v>2024</v>
       </c>
       <c r="C149" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D149" s="19" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="E149" s="49" t="s">
         <v>90</v>
       </c>
       <c r="F149" s="50" t="s">
         <v>96</v>
       </c>
       <c r="G149" s="19" t="s">
         <v>69</v>
       </c>
       <c r="H149" s="49" t="s">
         <v>103</v>
       </c>
       <c r="I149" s="36">
         <v>909647</v>
       </c>
       <c r="J149" s="37">
         <v>909647</v>
       </c>
       <c r="K149" s="36">
         <v>209647</v>
       </c>
       <c r="L149" s="51">
         <v>0</v>
       </c>
       <c r="M149" s="20">
         <v>700000</v>
       </c>
       <c r="N149" s="49">
         <v>2</v>
       </c>
       <c r="O149" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P149" s="21">
         <v>1900</v>
       </c>
       <c r="Q149" s="22">
         <f t="shared" si="0"/>
         <v>478.76157894736843</v>
       </c>
       <c r="R149" s="36">
         <v>454824</v>
       </c>
     </row>
-    <row r="150" spans="1:18" ht="15" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="18">
         <v>150</v>
       </c>
       <c r="B150" s="18">
         <v>2024</v>
       </c>
       <c r="C150" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D150" s="19" t="s">
         <v>1</v>
       </c>
       <c r="E150" s="49" t="s">
         <v>56</v>
       </c>
       <c r="F150" s="50" t="s">
         <v>97</v>
       </c>
       <c r="G150" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H150" s="49" t="s">
         <v>104</v>
       </c>
       <c r="I150" s="36">
@@ -10377,676 +10563,1372 @@
         <v>907306</v>
       </c>
       <c r="L150" s="51">
         <v>0</v>
       </c>
       <c r="M150" s="20">
         <v>700000</v>
       </c>
       <c r="N150" s="49">
         <v>2</v>
       </c>
       <c r="O150" s="19" t="s">
         <v>134</v>
       </c>
       <c r="P150" s="21">
         <v>2088</v>
       </c>
       <c r="Q150" s="22">
         <f t="shared" si="0"/>
         <v>769.78256704980845</v>
       </c>
       <c r="R150" s="52">
         <v>803653</v>
       </c>
     </row>
-    <row r="151" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="151" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="38">
         <v>151</v>
       </c>
       <c r="B151" s="38">
         <v>2025</v>
       </c>
       <c r="C151" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D151" s="39" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="E151" s="53" t="s">
         <v>124</v>
       </c>
       <c r="F151" s="54" t="s">
         <v>106</v>
       </c>
       <c r="G151" s="39" t="s">
         <v>123</v>
       </c>
       <c r="H151" s="55" t="s">
         <v>117</v>
       </c>
       <c r="I151" s="56">
         <v>900000</v>
       </c>
       <c r="J151" s="57">
         <v>900000</v>
       </c>
       <c r="K151" s="58">
         <v>410429</v>
       </c>
       <c r="L151" s="56">
         <v>210429</v>
       </c>
       <c r="M151" s="59">
         <v>700000</v>
       </c>
       <c r="N151" s="60">
         <v>1</v>
       </c>
-      <c r="O151" s="19" t="s">
+      <c r="O151" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P151" s="47">
         <v>800</v>
       </c>
       <c r="Q151" s="48">
         <f t="shared" si="0"/>
         <v>1125</v>
       </c>
       <c r="R151" s="43">
         <v>900000</v>
       </c>
     </row>
-    <row r="152" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="152" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="38">
         <v>152</v>
       </c>
       <c r="B152" s="38">
         <v>2025</v>
       </c>
       <c r="C152" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D152" s="39" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="E152" s="42" t="s">
         <v>125</v>
       </c>
       <c r="F152" s="54" t="s">
         <v>107</v>
       </c>
       <c r="G152" s="39" t="s">
         <v>72</v>
       </c>
       <c r="H152" s="55" t="s">
         <v>118</v>
       </c>
       <c r="I152" s="56">
         <v>1307983</v>
       </c>
       <c r="J152" s="57">
         <v>1307983</v>
       </c>
       <c r="K152" s="58">
         <v>607983</v>
       </c>
       <c r="L152" s="61">
         <v>0</v>
       </c>
       <c r="M152" s="59">
         <v>700000</v>
       </c>
       <c r="N152" s="60">
         <v>2</v>
       </c>
-      <c r="O152" s="19" t="s">
+      <c r="O152" s="39" t="s">
         <v>105</v>
       </c>
       <c r="P152" s="47">
         <v>2725</v>
       </c>
       <c r="Q152" s="48">
         <f t="shared" si="0"/>
         <v>479.9937614678899</v>
       </c>
       <c r="R152" s="43">
         <v>653992</v>
       </c>
     </row>
-    <row r="153" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="153" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="38">
         <v>153</v>
       </c>
       <c r="B153" s="38">
         <v>2025</v>
       </c>
       <c r="C153" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D153" s="39" t="s">
         <v>21</v>
       </c>
       <c r="E153" s="42" t="s">
         <v>126</v>
       </c>
       <c r="F153" s="54" t="s">
         <v>108</v>
       </c>
       <c r="G153" s="39" t="s">
         <v>115</v>
       </c>
       <c r="H153" s="55" t="s">
         <v>119</v>
       </c>
       <c r="I153" s="56">
         <v>823529</v>
       </c>
       <c r="J153" s="57">
         <v>823529</v>
       </c>
       <c r="K153" s="58">
         <v>123529</v>
       </c>
       <c r="L153" s="61">
         <v>0</v>
       </c>
       <c r="M153" s="59">
         <v>700000</v>
       </c>
       <c r="N153" s="60">
         <v>2</v>
       </c>
-      <c r="O153" s="19" t="s">
+      <c r="O153" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P153" s="47">
         <v>1902</v>
       </c>
       <c r="Q153" s="48">
         <f t="shared" si="0"/>
         <v>432.98054679284962</v>
       </c>
       <c r="R153" s="43">
         <v>823529</v>
       </c>
     </row>
-    <row r="154" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="154" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="38">
         <v>154</v>
       </c>
       <c r="B154" s="38">
         <v>2025</v>
       </c>
       <c r="C154" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D154" s="39" t="s">
         <v>21</v>
       </c>
       <c r="E154" s="42" t="s">
         <v>127</v>
       </c>
       <c r="F154" s="54" t="s">
         <v>109</v>
       </c>
       <c r="G154" s="39" t="s">
         <v>123</v>
       </c>
       <c r="H154" s="55" t="s">
         <v>120</v>
       </c>
       <c r="I154" s="56">
         <v>1207000</v>
       </c>
       <c r="J154" s="57">
         <v>1207000</v>
       </c>
       <c r="K154" s="58">
         <v>827286</v>
       </c>
       <c r="L154" s="56">
         <v>527286</v>
       </c>
       <c r="M154" s="59">
         <v>700000</v>
       </c>
       <c r="N154" s="60">
         <v>3</v>
       </c>
-      <c r="O154" s="19" t="s">
+      <c r="O154" s="39" t="s">
         <v>105</v>
       </c>
       <c r="P154" s="47">
         <v>1800</v>
       </c>
       <c r="Q154" s="48">
         <f t="shared" si="0"/>
         <v>670.55555555555554</v>
       </c>
       <c r="R154" s="43">
         <v>402333</v>
       </c>
     </row>
-    <row r="155" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="155" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="38">
         <v>155</v>
       </c>
       <c r="B155" s="38">
         <v>2025</v>
       </c>
       <c r="C155" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D155" s="39" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="E155" s="42" t="s">
         <v>128</v>
       </c>
       <c r="F155" s="54" t="s">
         <v>110</v>
       </c>
       <c r="G155" s="39" t="s">
         <v>72</v>
       </c>
       <c r="H155" s="55" t="s">
         <v>74</v>
       </c>
       <c r="I155" s="56">
         <v>823529</v>
       </c>
       <c r="J155" s="57">
         <v>823529</v>
       </c>
       <c r="K155" s="58">
         <v>123529</v>
       </c>
       <c r="L155" s="61">
         <v>0</v>
       </c>
       <c r="M155" s="56">
         <v>700000</v>
       </c>
       <c r="N155" s="60">
         <v>1</v>
       </c>
-      <c r="O155" s="19" t="s">
+      <c r="O155" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P155" s="47">
         <v>1084</v>
       </c>
       <c r="Q155" s="48">
         <f t="shared" si="0"/>
         <v>759.71309963099634</v>
       </c>
       <c r="R155" s="62">
         <v>823529</v>
       </c>
     </row>
-    <row r="156" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="156" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="38">
         <v>156</v>
       </c>
       <c r="B156" s="38">
         <v>2025</v>
       </c>
       <c r="C156" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D156" s="39" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="E156" s="42" t="s">
         <v>129</v>
       </c>
       <c r="F156" s="54" t="s">
         <v>111</v>
       </c>
       <c r="G156" s="39" t="s">
         <v>123</v>
       </c>
       <c r="H156" s="55" t="s">
         <v>32</v>
       </c>
       <c r="I156" s="56">
         <v>805000</v>
       </c>
       <c r="J156" s="57">
         <v>805000</v>
       </c>
       <c r="K156" s="58">
         <v>105000</v>
       </c>
       <c r="L156" s="63">
         <v>219743</v>
       </c>
       <c r="M156" s="56">
         <v>684250</v>
       </c>
       <c r="N156" s="60">
         <v>4</v>
       </c>
-      <c r="O156" s="19" t="s">
+      <c r="O156" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P156" s="47">
         <v>4200</v>
       </c>
       <c r="Q156" s="48">
         <f t="shared" si="0"/>
         <v>191.66666666666666</v>
       </c>
       <c r="R156" s="62">
         <v>201250</v>
       </c>
     </row>
-    <row r="157" spans="1:18" ht="45" x14ac:dyDescent="0.2">
+    <row r="157" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="38">
         <v>157</v>
       </c>
       <c r="B157" s="38">
         <v>2025</v>
       </c>
       <c r="C157" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D157" s="39" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="E157" s="42" t="s">
         <v>130</v>
       </c>
       <c r="F157" s="54" t="s">
         <v>112</v>
       </c>
       <c r="G157" s="39" t="s">
         <v>116</v>
       </c>
       <c r="H157" s="55" t="s">
         <v>121</v>
       </c>
       <c r="I157" s="56">
         <v>805000</v>
       </c>
       <c r="J157" s="57">
         <v>805000</v>
       </c>
       <c r="K157" s="58">
         <v>397136</v>
       </c>
       <c r="L157" s="56">
         <v>292136</v>
       </c>
       <c r="M157" s="56">
         <v>700000</v>
       </c>
       <c r="N157" s="60">
         <v>4</v>
       </c>
-      <c r="O157" s="19" t="s">
+      <c r="O157" s="39" t="s">
         <v>105</v>
       </c>
       <c r="P157" s="47">
         <v>6360</v>
       </c>
       <c r="Q157" s="48">
         <f t="shared" si="0"/>
         <v>126.57232704402516</v>
       </c>
       <c r="R157" s="62">
         <v>201250</v>
       </c>
     </row>
-    <row r="158" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="158" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="38">
         <v>158</v>
       </c>
       <c r="B158" s="38">
         <v>2025</v>
       </c>
       <c r="C158" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D158" s="39" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="E158" s="42" t="s">
         <v>131</v>
       </c>
       <c r="F158" s="54" t="s">
         <v>113</v>
       </c>
       <c r="G158" s="39" t="s">
         <v>72</v>
       </c>
       <c r="H158" s="55" t="s">
         <v>122</v>
       </c>
       <c r="I158" s="56">
         <v>857197</v>
       </c>
       <c r="J158" s="57">
         <v>857197</v>
       </c>
       <c r="K158" s="58">
         <v>157197</v>
       </c>
       <c r="L158" s="61">
         <v>0</v>
       </c>
       <c r="M158" s="56">
         <v>700000</v>
       </c>
       <c r="N158" s="60">
         <v>2</v>
       </c>
-      <c r="O158" s="19" t="s">
+      <c r="O158" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P158" s="47">
         <v>1648</v>
       </c>
       <c r="Q158" s="48">
         <f t="shared" si="0"/>
         <v>520.14381067961165</v>
       </c>
       <c r="R158" s="62">
         <v>428599</v>
       </c>
     </row>
-    <row r="159" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="159" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="38">
         <v>159</v>
       </c>
       <c r="B159" s="38">
         <v>2025</v>
       </c>
       <c r="C159" s="39" t="s">
         <v>0</v>
       </c>
       <c r="D159" s="39" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="E159" s="42" t="s">
         <v>132</v>
       </c>
       <c r="F159" s="54" t="s">
         <v>114</v>
       </c>
       <c r="G159" s="39" t="s">
         <v>72</v>
       </c>
       <c r="H159" s="55" t="s">
         <v>122</v>
       </c>
       <c r="I159" s="56">
         <v>870585</v>
       </c>
       <c r="J159" s="57">
         <v>870585</v>
       </c>
       <c r="K159" s="58">
         <v>170585</v>
       </c>
       <c r="L159" s="61">
         <v>0</v>
       </c>
       <c r="M159" s="64">
         <v>595750</v>
       </c>
       <c r="N159" s="60">
         <v>2</v>
       </c>
-      <c r="O159" s="19" t="s">
+      <c r="O159" s="39" t="s">
         <v>134</v>
       </c>
       <c r="P159" s="47">
         <v>1648</v>
       </c>
       <c r="Q159" s="48">
         <f t="shared" si="0"/>
         <v>528.26759708737859</v>
       </c>
       <c r="R159" s="62">
         <v>435293</v>
       </c>
     </row>
-    <row r="160" spans="1:18" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="I160" s="66">
+    <row r="160" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="18">
+        <v>160</v>
+      </c>
+      <c r="B160" s="19">
+        <v>2026</v>
+      </c>
+      <c r="C160" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="D160" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E160" s="49" t="s">
+        <v>382</v>
+      </c>
+      <c r="F160" s="50" t="s">
+        <v>389</v>
+      </c>
+      <c r="G160" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="H160" s="49" t="s">
+        <v>401</v>
+      </c>
+      <c r="I160" s="73">
+        <v>730000</v>
+      </c>
+      <c r="J160" s="72">
+        <v>730000</v>
+      </c>
+      <c r="K160" s="70">
+        <v>123529</v>
+      </c>
+      <c r="L160" s="36">
+        <v>0</v>
+      </c>
+      <c r="M160" s="74">
+        <v>606471</v>
+      </c>
+      <c r="N160" s="49">
+        <v>2</v>
+      </c>
+      <c r="O160" s="19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P160" s="21">
+        <v>2400</v>
+      </c>
+      <c r="Q160" s="22">
+        <f t="shared" si="0"/>
+        <v>304.16666666666669</v>
+      </c>
+      <c r="R160" s="52">
+        <f>I160/2</f>
+        <v>365000</v>
+      </c>
+    </row>
+    <row r="161" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="18">
+        <v>161</v>
+      </c>
+      <c r="B161" s="19">
+        <v>2026</v>
+      </c>
+      <c r="C161" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="D161" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E161" s="49" t="s">
+        <v>383</v>
+      </c>
+      <c r="F161" s="50" t="s">
+        <v>390</v>
+      </c>
+      <c r="G161" s="19" t="s">
+        <v>123</v>
+      </c>
+      <c r="H161" s="49" t="s">
+        <v>402</v>
+      </c>
+      <c r="I161" s="73">
+        <v>947981</v>
+      </c>
+      <c r="J161" s="72">
+        <v>947981</v>
+      </c>
+      <c r="K161" s="70">
+        <v>247981</v>
+      </c>
+      <c r="L161" s="36">
+        <v>0</v>
+      </c>
+      <c r="M161" s="74">
+        <v>700000</v>
+      </c>
+      <c r="N161" s="49">
+        <v>2</v>
+      </c>
+      <c r="O161" s="19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P161" s="21">
+        <v>1904</v>
+      </c>
+      <c r="Q161" s="22">
+        <f t="shared" si="0"/>
+        <v>497.88918067226894</v>
+      </c>
+      <c r="R161" s="52">
+        <f>J161/2</f>
+        <v>473990.5</v>
+      </c>
+    </row>
+    <row r="162" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="18">
+        <v>162</v>
+      </c>
+      <c r="B162" s="19">
+        <v>2026</v>
+      </c>
+      <c r="C162" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="D162" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E162" s="49" t="s">
+        <v>85</v>
+      </c>
+      <c r="F162" s="50" t="s">
+        <v>391</v>
+      </c>
+      <c r="G162" s="19" t="s">
+        <v>123</v>
+      </c>
+      <c r="H162" s="49" t="s">
+        <v>98</v>
+      </c>
+      <c r="I162" s="73">
+        <v>1130136</v>
+      </c>
+      <c r="J162" s="72">
+        <v>1130136</v>
+      </c>
+      <c r="K162" s="70">
+        <v>430136</v>
+      </c>
+      <c r="L162" s="36">
+        <v>87200</v>
+      </c>
+      <c r="M162" s="74">
+        <v>700000</v>
+      </c>
+      <c r="N162" s="49">
+        <v>2</v>
+      </c>
+      <c r="O162" s="19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P162" s="21">
+        <v>2360</v>
+      </c>
+      <c r="Q162" s="22">
+        <f t="shared" si="0"/>
+        <v>478.87118644067795</v>
+      </c>
+      <c r="R162" s="52">
+        <f>I162/2</f>
+        <v>565068</v>
+      </c>
+    </row>
+    <row r="163" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="18">
+        <v>163</v>
+      </c>
+      <c r="B163" s="19">
+        <v>2026</v>
+      </c>
+      <c r="C163" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="D163" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E163" s="49" t="s">
+        <v>124</v>
+      </c>
+      <c r="F163" s="50" t="s">
+        <v>392</v>
+      </c>
+      <c r="G163" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="H163" s="49" t="s">
+        <v>403</v>
+      </c>
+      <c r="I163" s="73">
+        <v>1011650</v>
+      </c>
+      <c r="J163" s="72">
+        <v>1011650</v>
+      </c>
+      <c r="K163" s="70">
+        <v>317000</v>
+      </c>
+      <c r="L163" s="36">
+        <v>0</v>
+      </c>
+      <c r="M163" s="74">
+        <v>694650</v>
+      </c>
+      <c r="N163" s="49">
+        <v>1</v>
+      </c>
+      <c r="O163" s="19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P163" s="21">
+        <v>960</v>
+      </c>
+      <c r="Q163" s="22">
+        <f t="shared" si="0"/>
+        <v>1053.8020833333333</v>
+      </c>
+      <c r="R163" s="52">
+        <f>I163</f>
+        <v>1011650</v>
+      </c>
+    </row>
+    <row r="164" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="18">
+        <v>164</v>
+      </c>
+      <c r="B164" s="19">
+        <v>2026</v>
+      </c>
+      <c r="C164" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="D164" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E164" s="49" t="s">
+        <v>384</v>
+      </c>
+      <c r="F164" s="50" t="s">
+        <v>393</v>
+      </c>
+      <c r="G164" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="H164" s="49" t="s">
+        <v>74</v>
+      </c>
+      <c r="I164" s="73">
+        <v>823529</v>
+      </c>
+      <c r="J164" s="72">
+        <v>823529</v>
+      </c>
+      <c r="K164" s="70">
+        <v>123529</v>
+      </c>
+      <c r="L164" s="36">
+        <v>0</v>
+      </c>
+      <c r="M164" s="74">
+        <v>700000</v>
+      </c>
+      <c r="N164" s="49">
+        <v>1</v>
+      </c>
+      <c r="O164" s="19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P164" s="21">
+        <v>1176</v>
+      </c>
+      <c r="Q164" s="22">
+        <f t="shared" si="0"/>
+        <v>700.27976190476193</v>
+      </c>
+      <c r="R164" s="52">
+        <f>I164</f>
+        <v>823529</v>
+      </c>
+    </row>
+    <row r="165" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="18">
+        <v>165</v>
+      </c>
+      <c r="B165" s="19">
+        <v>2026</v>
+      </c>
+      <c r="C165" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="D165" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E165" s="49" t="s">
+        <v>50</v>
+      </c>
+      <c r="F165" s="50" t="s">
+        <v>394</v>
+      </c>
+      <c r="G165" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="H165" s="49" t="s">
+        <v>74</v>
+      </c>
+      <c r="I165" s="73">
+        <v>345000</v>
+      </c>
+      <c r="J165" s="72">
+        <v>345000</v>
+      </c>
+      <c r="K165" s="70">
+        <v>45000</v>
+      </c>
+      <c r="L165" s="36">
+        <v>0</v>
+      </c>
+      <c r="M165" s="74">
+        <v>293250</v>
+      </c>
+      <c r="N165" s="49">
+        <v>1</v>
+      </c>
+      <c r="O165" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="P165" s="21">
+        <v>900</v>
+      </c>
+      <c r="Q165" s="22">
+        <f t="shared" si="0"/>
+        <v>383.33333333333331</v>
+      </c>
+      <c r="R165" s="52">
+        <f>I165</f>
+        <v>345000</v>
+      </c>
+    </row>
+    <row r="166" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="18">
+        <v>166</v>
+      </c>
+      <c r="B166" s="19">
+        <v>2026</v>
+      </c>
+      <c r="C166" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="D166" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E166" s="49" t="s">
+        <v>385</v>
+      </c>
+      <c r="F166" s="50" t="s">
+        <v>395</v>
+      </c>
+      <c r="G166" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="H166" s="49" t="s">
+        <v>166</v>
+      </c>
+      <c r="I166" s="73">
+        <v>816891</v>
+      </c>
+      <c r="J166" s="72">
+        <v>816891</v>
+      </c>
+      <c r="K166" s="70">
+        <v>123529</v>
+      </c>
+      <c r="L166" s="36">
+        <v>0</v>
+      </c>
+      <c r="M166" s="74">
+        <v>693362</v>
+      </c>
+      <c r="N166" s="49">
+        <v>2</v>
+      </c>
+      <c r="O166" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="P166" s="21">
+        <v>1024</v>
+      </c>
+      <c r="Q166" s="22">
+        <f t="shared" si="0"/>
+        <v>797.7451171875</v>
+      </c>
+      <c r="R166" s="52">
+        <f>I166/2</f>
+        <v>408445.5</v>
+      </c>
+    </row>
+    <row r="167" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="18">
+        <v>167</v>
+      </c>
+      <c r="B167" s="19">
+        <v>2026</v>
+      </c>
+      <c r="C167" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="D167" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E167" s="49" t="s">
+        <v>130</v>
+      </c>
+      <c r="F167" s="50" t="s">
+        <v>396</v>
+      </c>
+      <c r="G167" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="H167" s="49" t="s">
+        <v>225</v>
+      </c>
+      <c r="I167" s="73">
+        <v>1025000</v>
+      </c>
+      <c r="J167" s="72">
+        <v>1025000</v>
+      </c>
+      <c r="K167" s="70">
+        <v>325000</v>
+      </c>
+      <c r="L167" s="36">
+        <v>0</v>
+      </c>
+      <c r="M167" s="74">
+        <v>700000</v>
+      </c>
+      <c r="N167" s="49">
+        <v>1</v>
+      </c>
+      <c r="O167" s="19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P167" s="21">
+        <v>1008</v>
+      </c>
+      <c r="Q167" s="22">
+        <f t="shared" si="0"/>
+        <v>1016.8650793650794</v>
+      </c>
+      <c r="R167" s="52">
+        <f>I167</f>
+        <v>1025000</v>
+      </c>
+    </row>
+    <row r="168" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="18">
+        <v>168</v>
+      </c>
+      <c r="B168" s="19">
+        <v>2026</v>
+      </c>
+      <c r="C168" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="D168" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E168" s="49" t="s">
+        <v>23</v>
+      </c>
+      <c r="F168" s="50" t="s">
+        <v>397</v>
+      </c>
+      <c r="G168" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="H168" s="69" t="s">
+        <v>404</v>
+      </c>
+      <c r="I168" s="73">
+        <v>1030000</v>
+      </c>
+      <c r="J168" s="72">
+        <v>1030000</v>
+      </c>
+      <c r="K168" s="70">
+        <v>330000</v>
+      </c>
+      <c r="L168" s="36">
+        <v>0</v>
+      </c>
+      <c r="M168" s="74">
+        <v>700000</v>
+      </c>
+      <c r="N168" s="49">
+        <v>5</v>
+      </c>
+      <c r="O168" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="P168" s="21">
+        <v>3998</v>
+      </c>
+      <c r="Q168" s="22">
+        <f t="shared" si="0"/>
+        <v>257.62881440720361</v>
+      </c>
+      <c r="R168" s="52">
+        <f>I168/5</f>
+        <v>206000</v>
+      </c>
+    </row>
+    <row r="169" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="18">
+        <v>169</v>
+      </c>
+      <c r="B169" s="19">
+        <v>2026</v>
+      </c>
+      <c r="C169" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="D169" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E169" s="71" t="s">
+        <v>386</v>
+      </c>
+      <c r="F169" s="50" t="s">
+        <v>398</v>
+      </c>
+      <c r="G169" s="19" t="s">
+        <v>116</v>
+      </c>
+      <c r="H169" s="49" t="s">
+        <v>176</v>
+      </c>
+      <c r="I169" s="73">
+        <v>500000</v>
+      </c>
+      <c r="J169" s="72">
+        <v>500000</v>
+      </c>
+      <c r="K169" s="70">
+        <v>0</v>
+      </c>
+      <c r="L169" s="36">
+        <v>190286</v>
+      </c>
+      <c r="M169" s="36">
+        <v>190286</v>
+      </c>
+      <c r="N169" s="49">
+        <v>2</v>
+      </c>
+      <c r="O169" s="19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P169" s="21">
+        <v>1120</v>
+      </c>
+      <c r="Q169" s="22">
+        <f t="shared" si="0"/>
+        <v>446.42857142857144</v>
+      </c>
+      <c r="R169" s="52">
+        <f>I169/2</f>
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="170" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="18">
+        <v>170</v>
+      </c>
+      <c r="B170" s="19">
+        <v>2026</v>
+      </c>
+      <c r="C170" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="D170" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E170" s="49" t="s">
+        <v>387</v>
+      </c>
+      <c r="F170" s="50" t="s">
+        <v>399</v>
+      </c>
+      <c r="G170" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H170" s="49" t="s">
+        <v>73</v>
+      </c>
+      <c r="I170" s="73">
+        <v>764142</v>
+      </c>
+      <c r="J170" s="72">
+        <v>764142</v>
+      </c>
+      <c r="K170" s="70">
+        <v>192788</v>
+      </c>
+      <c r="L170" s="36">
+        <v>76229</v>
+      </c>
+      <c r="M170" s="74">
+        <v>647583</v>
+      </c>
+      <c r="N170" s="49">
+        <v>2</v>
+      </c>
+      <c r="O170" s="19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P170" s="21">
+        <v>1200</v>
+      </c>
+      <c r="Q170" s="22">
+        <f t="shared" si="0"/>
+        <v>636.78499999999997</v>
+      </c>
+      <c r="R170" s="52">
+        <f>I170/2</f>
+        <v>382071</v>
+      </c>
+    </row>
+    <row r="171" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="86">
+        <v>171</v>
+      </c>
+      <c r="B171" s="80">
+        <v>2026</v>
+      </c>
+      <c r="C171" s="80" t="s">
+        <v>0</v>
+      </c>
+      <c r="D171" s="80" t="s">
+        <v>21</v>
+      </c>
+      <c r="E171" s="81" t="s">
+        <v>388</v>
+      </c>
+      <c r="F171" s="82" t="s">
+        <v>400</v>
+      </c>
+      <c r="G171" s="80" t="s">
+        <v>115</v>
+      </c>
+      <c r="H171" s="81" t="s">
+        <v>405</v>
+      </c>
+      <c r="I171" s="73">
+        <v>561700</v>
+      </c>
+      <c r="J171" s="72">
+        <v>561700</v>
+      </c>
+      <c r="K171" s="70">
+        <v>503300</v>
+      </c>
+      <c r="L171" s="36">
+        <v>90714</v>
+      </c>
+      <c r="M171" s="74">
+        <v>149114</v>
+      </c>
+      <c r="N171" s="49">
+        <v>2</v>
+      </c>
+      <c r="O171" s="19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P171" s="21">
+        <v>952</v>
+      </c>
+      <c r="Q171" s="22">
+        <f t="shared" si="0"/>
+        <v>590.02100840336129</v>
+      </c>
+      <c r="R171" s="52">
+        <f>I171/2</f>
+        <v>280850</v>
+      </c>
+    </row>
+    <row r="172" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="89"/>
+      <c r="B172" s="90"/>
+      <c r="C172" s="83"/>
+      <c r="D172" s="83"/>
+      <c r="E172" s="68"/>
+      <c r="F172" s="8"/>
+      <c r="G172" s="68"/>
+      <c r="H172" s="68"/>
+      <c r="I172" s="65">
         <f>SUM(I3:I159)</f>
         <v>194731024</v>
       </c>
-      <c r="J160" s="66">
-        <f t="shared" ref="J160:N160" si="1">SUM(J3:J159)</f>
+      <c r="J172" s="75">
+        <f t="shared" ref="J172:N172" si="1">SUM(J3:J159)</f>
         <v>190345104</v>
       </c>
-      <c r="K160" s="66">
+      <c r="K172" s="75">
         <f t="shared" si="1"/>
         <v>71426383</v>
       </c>
-      <c r="L160" s="66">
+      <c r="L172" s="75">
         <f t="shared" si="1"/>
         <v>27335777.57</v>
       </c>
-      <c r="M160" s="66">
+      <c r="M172" s="75">
         <f t="shared" si="1"/>
         <v>118071734</v>
       </c>
-      <c r="N160" s="67">
+      <c r="N172" s="76">
         <f t="shared" si="1"/>
         <v>592</v>
       </c>
-      <c r="O160" s="24"/>
-[...19 lines deleted...]
-      <c r="O161" s="3" t="s">
+      <c r="O172" s="24"/>
+      <c r="P172" s="66"/>
+      <c r="Q172" s="28"/>
+      <c r="R172" s="67"/>
+    </row>
+    <row r="173" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="87"/>
+      <c r="B173" s="88"/>
+      <c r="C173" s="77"/>
+      <c r="D173" s="77"/>
+      <c r="E173" s="78"/>
+      <c r="F173" s="78"/>
+      <c r="G173" s="78"/>
+      <c r="H173" s="78"/>
+      <c r="I173" s="8"/>
+      <c r="J173" s="79"/>
+      <c r="K173" s="8"/>
+      <c r="L173" s="8"/>
+      <c r="M173" s="8"/>
+      <c r="N173" s="8"/>
+      <c r="O173" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="P161" s="4">
-[...3 lines deleted...]
-      <c r="Q161" s="3" t="s">
+      <c r="P173" s="4">
+        <f>AVERAGE(P3:P172)</f>
+        <v>3701.4939759036147</v>
+      </c>
+      <c r="Q173" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="R161" s="5">
-        <f>K160/J160</f>
+      <c r="R173" s="5">
+        <f>K172/J172</f>
         <v>0.37524675706920207</v>
       </c>
     </row>
-    <row r="162" spans="1:18" ht="31.5" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      <c r="O162" s="3" t="s">
+    <row r="174" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="87"/>
+      <c r="B174" s="88"/>
+      <c r="C174" s="77"/>
+      <c r="D174" s="77"/>
+      <c r="E174" s="78"/>
+      <c r="F174" s="78"/>
+      <c r="G174" s="78"/>
+      <c r="H174" s="78"/>
+      <c r="I174" s="78"/>
+      <c r="J174" s="78"/>
+      <c r="K174" s="78"/>
+      <c r="L174" s="78"/>
+      <c r="M174" s="78"/>
+      <c r="N174" s="78"/>
+      <c r="O174" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="P162" s="6">
+      <c r="P174" s="6">
         <f>AVERAGE(Q3:Q150)</f>
         <v>337.67874256038567</v>
       </c>
-      <c r="Q162" s="3" t="s">
+      <c r="Q174" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="R162" s="7">
+      <c r="R174" s="7">
         <f>AVERAGE(J3:J150)</f>
         <v>1229360.0067567567</v>
       </c>
     </row>
-    <row r="163" spans="1:18" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-      <c r="L167" s="14"/>
+    <row r="175" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="O175" s="10"/>
+      <c r="Q175" s="12"/>
+    </row>
+    <row r="177" spans="10:17" x14ac:dyDescent="0.2">
+      <c r="M177" s="13"/>
+      <c r="O177" s="14"/>
+      <c r="P177" s="15"/>
+      <c r="Q177" s="16"/>
+    </row>
+    <row r="178" spans="10:17" x14ac:dyDescent="0.2">
+      <c r="J178" s="14"/>
+    </row>
+    <row r="179" spans="10:17" x14ac:dyDescent="0.2">
+      <c r="L179" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="I1:J1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>